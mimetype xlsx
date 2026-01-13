--- v0 (2025-10-08)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>tipo_personal</t>
   </si>
   <si>
     <t>nombre</t>
   </si>
   <si>
     <t>puesto</t>
   </si>
   <si>
     <t>funciones</t>
   </si>
   <si>
     <t>organos_colegiados</t>
   </si>
   <si>
     <t>nombramiento</t>
   </si>
   <si>
@@ -71,90 +71,108 @@
   <si>
     <t>declaracion_bienes</t>
   </si>
   <si>
     <t>declaracion_bienes_enlace</t>
   </si>
   <si>
     <t>compatibilidades</t>
   </si>
   <si>
     <t>compatibilidades_enlace</t>
   </si>
   <si>
     <t>retribucion</t>
   </si>
   <si>
     <t>cv_id</t>
   </si>
   <si>
     <t>2023-2027</t>
   </si>
   <si>
     <t>Eventual</t>
   </si>
   <si>
-    <t>Palmira Déniz Verona</t>
-[...2 lines deleted...]
-    <t>Asesor/a Jurídico</t>
+    <t xml:space="preserve">Palmira Déniz Verona </t>
+  </si>
+  <si>
+    <t>Asesor/a Jurídico (cese)</t>
   </si>
   <si>
     <t>Asesoramiento Jurídico Especial</t>
   </si>
   <si>
     <t>2023-10-03T00:00:00.000000Z</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1725354306Boletin-6-10-23-Nombramiento-de-Palmira.pdf</t>
   </si>
   <si>
+    <t>2025-09-29T00:00:00.000000Z</t>
+  </si>
+  <si>
     <t>(2024) 43,759.10</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1741703274CV PALMIRA DENIZ VERONA febrero 2025.pdf</t>
   </si>
   <si>
     <t>Ana María García Saleh</t>
   </si>
   <si>
     <t>Responsable de Comunicación</t>
   </si>
   <si>
     <t>Asesoramiento en medios de comunicación. elaboración de notas de prensa, publicación de contenidos en la página web y gestión de redes sociales</t>
   </si>
   <si>
     <t>2023-08-25T00:00:00.000000Z</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1725354875BOP-LAS-PALMAS-19-7-23-APROBACION-INICIAL-MODIFICACION-PLANTLLA-2022.pdf</t>
   </si>
   <si>
     <t>(2024) 39,748.02</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1741247541CV Ana María García Saleh.pdf</t>
+  </si>
+  <si>
+    <t>María del Mar García Medina</t>
+  </si>
+  <si>
+    <t>Asesora Jurídica</t>
+  </si>
+  <si>
+    <t>2025-12-10T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/176545849220251205_Publicaci%C3%B3n_Anuncio_Anuncio%20nombramiento%20personal%20eventual%20%20Asesora%20Jur%C3%ADdica.pdf</t>
+  </si>
+  <si>
+    <t>(2025) 43918,30</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -489,67 +507,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z3"/>
+  <dimension ref="A1:Z4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="169" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="32" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="161" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="207" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="123" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
@@ -603,90 +621,119 @@
     <row r="2" spans="1:26">
       <c r="A2" s="1">
         <v>553</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
       <c r="I2" t="s">
         <v>23</v>
       </c>
+      <c r="J2" t="s">
+        <v>24</v>
+      </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
         <v>554</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I3" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" t="s">
         <v>30</v>
       </c>
-      <c r="J3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q3" t="s">
-        <v>32</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26">
+      <c r="A4" s="1">
+        <v>852</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+      <c r="I4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">