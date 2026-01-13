--- v0 (2025-10-08)
+++ v1 (2026-01-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>aprobacion_inicial</t>
   </si>
   <si>
     <t>aprobacion_definitiva</t>
   </si>
   <si>
     <t>alegaciones</t>
   </si>
   <si>
     <t>presupuesto_de_ingresos</t>
   </si>
   <si>
     <t>presupuesto_de_gastos</t>
   </si>
   <si>
     <t>memoria</t>
   </si>
   <si>
@@ -117,50 +117,80 @@
     <t>cap_4_ingresos</t>
   </si>
   <si>
     <t>cap_5_ingresos</t>
   </si>
   <si>
     <t>cap_6_ingresos</t>
   </si>
   <si>
     <t>cap_7_ingresos</t>
   </si>
   <si>
     <t>cap_8_ingresos</t>
   </si>
   <si>
     <t>cap_9_ingresos</t>
   </si>
   <si>
     <t>liquidacion</t>
   </si>
   <si>
     <t>anexos</t>
   </si>
   <si>
     <t>entidades_participadas</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155588ESTADOS%20DE%20INGRESOS.%20PRESUPUESTO%20DE%20INGRESOS%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589ESTADOS%20DE%20INGRESOS.%20PRESUPUESTO%20DE%20INGRESOS%20POR%20CAP%C3%8DTULO%20Y%20ART%C3%8DCULO.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589ESTADOS%20DE%20INGRESOS.%20PRESUPUESTO%20DE%20INGRESOS%20POR%20CONCEPTO%20Y%20SUBCONCEPTO.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155590RESUMEN%20DE%20GASTOS%20E%20INGRESOS.%20RESUMEN%20DE%20GASTOS%20E%20INGRESOS.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589RESUMEN%20DE%20INGRESOS.%20RESUMEN%20DE%20INGRESOS%20POR%20CAP%C3%8DTULOS.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155589ESTADOS%20DE%20GASTOS.%20PRESUPUESTO%20DE%20GASTOS%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589ESTADOS%20DE%20GASTOS.%20PRESUPUESTO%20DE%20GASTOS%20POR%20AREA%20Y%20POLITICA%20DE%20GASTOS.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155588ESTADOS%20DE%20GASTOS.%20PRESUPUESTO%20DE%20GASTOS%20POR%20CAPITULO%20ARTICULO%20CONCEPTO.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155588ESTADOS%20DE%20GASTOS.%20PRESUPUESTO%20DE%20GASTOS%20POR%20PROGRAMA.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589RESUMEN%20GASTOS.%20RESUMEN%20DE%20GASTOS%20POR%20ORG%C3%81NICA.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589RESUMEN%20GASTOS.%20RESUMEN%20DE%20GASTOS%20POR%20CAP%C3%8DTULO.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155588RESUMEN%20GASTOS.%20RESUMEN%20DE%20GASTOS%20POR%20PROGRAMA.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155589MEMORIA.%20INDICADORES%20PRESUPUESTO%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589MEMORIA.%20MEMORIA%20DE%20ALCALD%C3%8DA.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155590BASES%20DE%20EJECUCION.%20BASES%20DE%20EJECUCION%202026.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155590EVALUACION%20DEL%20CUMPLIMIENTO%20DE%20LA%20ESTABILIDAD.%20INFORME%20DE%20ESTABILIDAD%20PRESUPUESTARIA%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155590INFORME%20DE%20INTERVENCION.%20INFORME%20INTERVENCION%20PRESUPUESTO%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155590INFORME%20DE%20SECRETARIA.%20PROVIDENCIA%20INFORME%20SECRETAR%C3%8DA%20GENERAL.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589INFORME%20DE%20SECRETARIA.%20INFORME%20SECRETARIA.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589INFORME%20ECONOMICO%20FINANCIERO.%20INFORME%20ECONOMICO%20FINANCIERO.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589PLAN%20ESTRATEGICO.%20PLAN%20ESTRAT%C3%89GICO%20DE%20SUBVENCIONES%20PRESUPUESTO%202026.pdf</t>
+  </si>
+  <si>
+    <t>[{"enlace":"https:\/\/transparencia.santabrigida.es\/storage\/uploads\/1766155589PERIMETRO%20DE%20CONSOLIDACION.%20PERIMETRO%20DE%20CONSOLIDACION.pdf","nombre":"PERIMETRO DE CONSOLIDACION."}]</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155588BENEFICIOS%20FISCALES.%20BENEFICIOS%20FISCALES.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589COMUNICACI%C3%93N%20PARTICIPACI%C3%93N%20CIUDADANA%20ELABORACI%C3%93N%20DE%20PRESUPUESTO%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589CONVENIOS%20SUSCRITOS%20EN%20MATERIA%20DE%20GASTO%20SOCIAL.%20CONVENIOS%20SUSCRITOS%20CON%20LA%20COMUNIDAD%20EN%20MATERIA%20DE%20GASTO%20SOCIAL.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589MARCO%20PRESUPUESTARIO.%20MARCO%20PRESUPUESTARIO%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155588ORGANIZACI%C3%93N%20GESTION%20INTERNA.%20ORGANIZACI%C3%93N%20DE%20LA%20GESTI%C3%93N%20INTERNA.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589PLANTILLA%20ORGANICA.%20Informe%20Plantillla%20Org%C3%A1nica%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589PLANTILLA%20ORGANICA.%20PLANTILLA%20ORGANICA%20PERSONAL%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155590TRAMITACION.%20Certificado%20de%20acuerdo%20C.I..pdf , https://transparencia.santabrigida.es/storage/uploads/1766155590TRAMITACION.%20Certificado%20de%20acuerdo%20Pleno.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589TRAMITACION.%20PROPUESTA%20COMISION%20INFORMATIVA%20HACIENDA%20PRESUPUESTO%202026.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155588LIQUIDACION%202024%20Y%20AVANCE%202025.LIQUIDACION%202024.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155588LIQUIDACION%202024%20Y%20AVANCE%202025.%20AVANCE%20LIQUIDACION%202025.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1766155603ANEXO%20DE%20INVERSIONES.%20ANEXO%20DE%20INVERSIONES.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589ANEXO%20DE%20SUBVENCIONES.%20ANEXO%20DE%20SUBVENCIONES.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155603ANEXO%20DE%20PERSONAL.%20Informe%20Plantillla%20Org%C3%A1nica%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155603ANEXO%20DE%20PERSONAL.%20Certificaci%C3%B3n%20Acuerdo%20de%20la%20MGN%2026-11-25%20punto%20quinto%20aprobacion%20Anexo%20Econ%C3%B3mico%20de%20la%20Plantilla%20para%20el%20a%C3%B1o%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589ANEXO%20DE%20PERSONAL.%20Plantilla%20de%20personal_ANEXO%20ECONOMICO%20PERSONAL%20A%C3%91O%202026.pdf , https://transparencia.santabrigida.es/storage/uploads/1766155589ANEXO%20DE%20PERSONAL.%20INFORME%20RRHH%20PLANTILLA%20ECON%C3%93MICA%20EJERCICIO%202026.pdf</t>
+  </si>
+  <si>
+    <t>[{"enlace":"https:\/\/transparencia.santabrigida.es\/storage\/uploads\/1766155589SOCIEDAD%20DEPORTES%20PREVISION%20DE%20GASTOS.%20MEMORIA%20DEL%20PRESUPUESTO%20DE%20LA%20SOCIEDAD%20MUNICIPAL%20DE%20DEPORTES%20EJERCICIO%202026.pdf","nombre":"MEMORIA DEL PRESUPUESTO DE LA SOCIEDAD MUNICIPAL DE DEPORTES EJERCICIO 2026"}]</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/173952412820241129_Publicacion_Anuncio_ANUNCIO-BOP-PUBLICACION-INICIAL.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/173952412920241204_Otros_anuncio-boletin-04-12-24.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/173952412920241118_Otros_PRESUPUESTO-DE-INGRESOS-POR-CAPITULO-Y-ARTICULO.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241118_Otros_PRESUPUESTO-DE-INGRESOS-POR-CONCEPTOS-Y-SUBCONCEPTOS.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241118_Otros_RESUMEN-DE-INGRESOS-POR-CAPITULOS.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241113_Otros_RESUMEN-DE-GASTOS-E-INGRESOS.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/173952412920241104_Otros_RESUMEN-DE-GASTOS-POR-AREA-Y-POLITICA-DE-GASTOS.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412920241104_Otros_PRESUPUESTO-DE-GASTOS-POR-PROGRAMA.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241104_Otros_RESUMEN-DE-GASTOS-POR-CAPITULO-Y-ARTICULO.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241104_Otros_RESUMEN-DE-GASTOS-POR-PROGRAMA.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241104_Otros_RESUMEN-DE-GASTOS-POR-CAPITULO.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241104_Otros_RESUMEN-DE-GASTOS-POR-ORGANICA.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/173952412920241122_Informe_Informe_MEMORIA-DE-ALCALDIA.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/173952412920241121_Informe_Informe-de-intervencion-_INFORME-DE-INTERVENCION-2024-0834-BASES-DE-EJECUCION.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/173952412920241121_Informe_Informe-juridico_INFORME-SECRETARIA.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412920241122_Informe_Informe-de-intervencion-_INFORME-DE-INTERVENCION-2024-0835-INFORME-INTERVENCION-PRESUPUESTO-2025-1.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412920241121_Informe_Informe-de-intervencion-_INFORME-DE-INTERVENCION-2024-0833-INFORME-DE-ESTABILIDAD-PRESUPUESTARIA-2025.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241122_Informe_Informe_PLAN-ESTRATEGICO-DE-SUBVENCIONES-PRESUPUESTO-2025.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241107_Informe_Informe_PROVIDENCIA-INFORME-SECRETARIA-GENERAL.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241121_Informe_Informe_1.2-ANEXO-ECONOM.-PERSONAL-2025-ANONIMIZADO-1.pdf , https://transparencia.santabrigida.es/storage/uploads/173952412820241121_Informe_Informe_INFORME-ECONOMICO-FINANCIERO.pdf</t>
   </si>
   <si>
     <t>[{"enlace":"https:\/\/transparencia.santabrigida.es\/storage\/uploads\/173952412820241119_Otros_PERIMETRO-DE-CONSOLIDACION.pdf","nombre":"Per\u00edmetro de Consolidaci\u00f3n"}]</t>
   </si>
@@ -765,93 +795,93 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI10"/>
+  <dimension ref="A1:AI11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:AF1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="2"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="152" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="127" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="186" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="651" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="882" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="1160" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="261" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="192" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="1226" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="370" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="1722" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="17" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="246" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="35" max="35" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="313" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="1143" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="377" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
@@ -919,774 +949,812 @@
       </c>
       <c r="AC1" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="3" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" s="2">
-        <v>249</v>
+        <v>345</v>
       </c>
       <c r="B2">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="C2" t="s">
+        <v>2026</v>
+      </c>
+      <c r="F2" t="s">
         <v>35</v>
       </c>
-      <c r="D2" t="s">
+      <c r="G2" t="s">
         <v>36</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>37</v>
       </c>
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>38</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>39</v>
       </c>
-      <c r="I2" t="s">
+      <c r="K2" t="s">
         <v>40</v>
       </c>
-      <c r="J2" t="s">
+      <c r="L2" t="s">
         <v>41</v>
       </c>
-      <c r="K2" t="s">
+      <c r="AG2" t="s">
         <v>42</v>
       </c>
-      <c r="L2" t="s">
+      <c r="AH2" t="s">
         <v>43</v>
       </c>
-      <c r="M2" t="s">
+      <c r="AI2" t="s">
         <v>44</v>
-      </c>
-[...61 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" s="2">
-        <v>194</v>
+        <v>249</v>
       </c>
       <c r="B3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="F3" t="s">
+        <v>47</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J3" t="s">
+        <v>51</v>
+      </c>
+      <c r="K3" t="s">
+        <v>52</v>
+      </c>
+      <c r="L3" t="s">
+        <v>53</v>
+      </c>
+      <c r="M3" t="s">
+        <v>54</v>
+      </c>
+      <c r="N3" t="s">
+        <v>55</v>
+      </c>
+      <c r="O3" t="s">
+        <v>56</v>
+      </c>
+      <c r="P3" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q3" t="s">
         <v>58</v>
       </c>
-      <c r="D3" t="s">
+      <c r="R3">
+        <v>0</v>
+      </c>
+      <c r="S3" t="s">
         <v>59</v>
       </c>
-      <c r="E3" t="s">
+      <c r="T3" t="s">
         <v>60</v>
       </c>
-      <c r="F3" t="s">
+      <c r="U3" t="s">
+        <v>57</v>
+      </c>
+      <c r="V3">
+        <v>0</v>
+      </c>
+      <c r="W3" t="s">
+        <v>54</v>
+      </c>
+      <c r="X3" t="s">
         <v>61</v>
       </c>
-      <c r="G3" t="s">
+      <c r="Y3" t="s">
         <v>62</v>
       </c>
-      <c r="H3" t="s">
+      <c r="Z3" t="s">
         <v>63</v>
       </c>
-      <c r="J3" t="s">
+      <c r="AA3" t="s">
         <v>64</v>
       </c>
-      <c r="K3" t="s">
+      <c r="AB3">
+        <v>0</v>
+      </c>
+      <c r="AC3">
+        <v>0</v>
+      </c>
+      <c r="AD3" t="s">
         <v>65</v>
       </c>
-      <c r="L3" t="s">
+      <c r="AE3" t="s">
+        <v>57</v>
+      </c>
+      <c r="AF3">
+        <v>0</v>
+      </c>
+      <c r="AG3" t="s">
         <v>66</v>
       </c>
-      <c r="M3" t="s">
+      <c r="AH3" t="s">
         <v>67</v>
-      </c>
-[...58 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" s="2">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="B4">
-        <v>2023</v>
+        <v>2024</v>
+      </c>
+      <c r="C4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>71</v>
+      </c>
+      <c r="G4" t="s">
+        <v>72</v>
+      </c>
+      <c r="H4" t="s">
+        <v>73</v>
+      </c>
+      <c r="J4" t="s">
+        <v>74</v>
+      </c>
+      <c r="K4" t="s">
+        <v>75</v>
       </c>
       <c r="L4" t="s">
+        <v>76</v>
+      </c>
+      <c r="M4" t="s">
+        <v>77</v>
+      </c>
+      <c r="N4" t="s">
+        <v>78</v>
+      </c>
+      <c r="O4" t="s">
         <v>79</v>
       </c>
-      <c r="M4" t="s">
+      <c r="P4" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q4" t="s">
         <v>80</v>
       </c>
-      <c r="N4" t="s">
-[...2 lines deleted...]
-      <c r="O4" t="s">
+      <c r="R4" t="s">
+        <v>81</v>
+      </c>
+      <c r="S4" t="s">
         <v>82</v>
       </c>
-      <c r="P4" t="s">
-[...2 lines deleted...]
-      <c r="Q4" t="s">
+      <c r="T4" t="s">
+        <v>60</v>
+      </c>
+      <c r="U4" t="s">
+        <v>57</v>
+      </c>
+      <c r="V4" t="s">
+        <v>81</v>
+      </c>
+      <c r="W4" t="s">
+        <v>77</v>
+      </c>
+      <c r="X4" t="s">
         <v>83</v>
       </c>
-      <c r="R4" t="s">
-[...2 lines deleted...]
-      <c r="S4" t="s">
+      <c r="Y4" t="s">
         <v>84</v>
       </c>
-      <c r="T4" t="s">
-[...11 lines deleted...]
-      <c r="X4" t="s">
+      <c r="Z4" t="s">
         <v>85</v>
       </c>
-      <c r="Y4" t="s">
+      <c r="AA4" t="s">
         <v>86</v>
       </c>
-      <c r="Z4" t="s">
+      <c r="AB4" t="s">
         <v>87</v>
       </c>
-      <c r="AA4" t="s">
+      <c r="AC4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>57</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH4" t="s">
         <v>88</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" s="2">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B5">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="F5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L5" t="s">
         <v>89</v>
       </c>
-      <c r="G5" t="s">
+      <c r="M5" t="s">
         <v>90</v>
       </c>
-      <c r="H5" t="s">
+      <c r="N5" t="s">
         <v>91</v>
       </c>
-      <c r="I5" t="s">
+      <c r="O5" t="s">
         <v>92</v>
       </c>
-      <c r="J5" t="s">
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q5" t="s">
         <v>93</v>
       </c>
-      <c r="K5" t="s">
+      <c r="R5" t="s">
+        <v>81</v>
+      </c>
+      <c r="S5" t="s">
         <v>94</v>
       </c>
-      <c r="L5" t="s">
+      <c r="T5" t="s">
+        <v>60</v>
+      </c>
+      <c r="U5" t="s">
+        <v>81</v>
+      </c>
+      <c r="V5" t="s">
+        <v>81</v>
+      </c>
+      <c r="W5" t="s">
+        <v>90</v>
+      </c>
+      <c r="X5" t="s">
         <v>95</v>
       </c>
-      <c r="M5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="Y5" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="Z5" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="AA5" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="AB5" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="AC5" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="AD5" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="AE5" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="AF5" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" s="2">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B6">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F6" t="s">
+        <v>99</v>
+      </c>
+      <c r="G6" t="s">
+        <v>100</v>
+      </c>
+      <c r="H6" t="s">
+        <v>101</v>
+      </c>
+      <c r="I6" t="s">
+        <v>102</v>
+      </c>
+      <c r="J6" t="s">
+        <v>103</v>
+      </c>
+      <c r="K6" t="s">
+        <v>104</v>
+      </c>
+      <c r="L6" t="s">
+        <v>105</v>
+      </c>
+      <c r="M6" t="s">
+        <v>90</v>
+      </c>
+      <c r="N6" t="s">
+        <v>91</v>
+      </c>
+      <c r="O6" t="s">
+        <v>92</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>93</v>
+      </c>
+      <c r="R6" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" t="s">
+        <v>94</v>
+      </c>
+      <c r="T6" t="s">
+        <v>60</v>
+      </c>
+      <c r="U6" t="s">
+        <v>81</v>
+      </c>
+      <c r="V6" t="s">
+        <v>81</v>
+      </c>
+      <c r="W6" t="s">
+        <v>90</v>
+      </c>
+      <c r="X6" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>96</v>
+      </c>
+      <c r="Z6" t="s">
         <v>97</v>
       </c>
-      <c r="G6" t="s">
+      <c r="AA6" t="s">
         <v>98</v>
       </c>
-      <c r="H6" t="s">
-[...23 lines deleted...]
-      <c r="Q6" t="s">
+      <c r="AB6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>81</v>
+      </c>
+      <c r="AH6" t="s">
         <v>106</v>
-      </c>
-[...43 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" s="2">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="B7">
-        <v>2019</v>
+        <v>2021</v>
+      </c>
+      <c r="F7" t="s">
+        <v>107</v>
+      </c>
+      <c r="G7" t="s">
+        <v>108</v>
+      </c>
+      <c r="H7" t="s">
+        <v>109</v>
+      </c>
+      <c r="J7" t="s">
+        <v>110</v>
+      </c>
+      <c r="K7" t="s">
+        <v>111</v>
       </c>
       <c r="L7" t="s">
+        <v>112</v>
+      </c>
+      <c r="M7" t="s">
         <v>113</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>114</v>
       </c>
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>115</v>
       </c>
-      <c r="O7" t="s">
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q7" t="s">
         <v>116</v>
       </c>
-      <c r="P7">
-[...18 lines deleted...]
-        <v>886.081</v>
+      <c r="R7" t="s">
+        <v>81</v>
+      </c>
+      <c r="S7" t="s">
+        <v>117</v>
+      </c>
+      <c r="T7" t="s">
+        <v>60</v>
+      </c>
+      <c r="U7" t="s">
+        <v>81</v>
+      </c>
+      <c r="V7" t="s">
+        <v>81</v>
       </c>
       <c r="W7" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="X7" t="s">
         <v>118</v>
       </c>
-      <c r="Y7">
-        <v>30.0</v>
+      <c r="Y7" t="s">
+        <v>84</v>
       </c>
       <c r="Z7" t="s">
         <v>119</v>
       </c>
       <c r="AA7" t="s">
         <v>120</v>
       </c>
-      <c r="AB7">
-[...12 lines deleted...]
-        <v>0</v>
+      <c r="AB7" t="s">
+        <v>121</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>122</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>81</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" s="2">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B8">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="L8" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="M8" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="N8" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="O8" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="P8">
         <v>43.056</v>
       </c>
       <c r="Q8">
         <v>183.145</v>
       </c>
       <c r="R8">
         <v>0</v>
       </c>
       <c r="S8">
         <v>0</v>
       </c>
       <c r="T8">
         <v>240.586</v>
       </c>
       <c r="U8">
-        <v>1.0</v>
+        <v>1000</v>
       </c>
       <c r="V8">
         <v>886.081</v>
       </c>
       <c r="W8" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="X8" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="Y8">
         <v>30.0</v>
       </c>
       <c r="Z8" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="AA8" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="AB8">
         <v>1.5</v>
       </c>
       <c r="AC8">
         <v>0</v>
       </c>
       <c r="AD8">
         <v>0</v>
       </c>
       <c r="AE8">
         <v>1.0</v>
+      </c>
+      <c r="AF8">
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" s="2">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B9">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="L9" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="M9" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="N9" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="O9" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="P9">
         <v>43.056</v>
       </c>
       <c r="Q9">
         <v>183.145</v>
       </c>
       <c r="R9">
         <v>0</v>
       </c>
       <c r="S9">
         <v>0</v>
       </c>
       <c r="T9">
         <v>240.586</v>
       </c>
       <c r="U9">
         <v>1.0</v>
       </c>
       <c r="V9">
         <v>886.081</v>
       </c>
       <c r="W9" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="X9" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="Y9">
         <v>30.0</v>
       </c>
       <c r="Z9" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="AA9" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="AB9">
         <v>1.5</v>
       </c>
       <c r="AC9">
         <v>0</v>
       </c>
       <c r="AD9">
         <v>0</v>
       </c>
       <c r="AE9">
         <v>1.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" s="2">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B10">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="L10" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="M10" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="N10" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="O10" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="P10">
         <v>43.056</v>
       </c>
       <c r="Q10">
         <v>183.145</v>
       </c>
       <c r="R10">
         <v>0</v>
       </c>
       <c r="S10">
         <v>0</v>
       </c>
       <c r="T10">
         <v>240.586</v>
       </c>
       <c r="U10">
         <v>1.0</v>
       </c>
       <c r="V10">
         <v>886.081</v>
       </c>
       <c r="W10" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="X10" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="Y10">
         <v>30.0</v>
       </c>
       <c r="Z10" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="AA10" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="AB10">
         <v>1.5</v>
       </c>
       <c r="AC10">
         <v>0</v>
       </c>
       <c r="AD10">
         <v>0</v>
       </c>
       <c r="AE10">
         <v>1.0</v>
       </c>
       <c r="AF10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="A11" s="2">
+        <v>200</v>
+      </c>
+      <c r="B11">
+        <v>2016</v>
+      </c>
+      <c r="L11" t="s">
+        <v>133</v>
+      </c>
+      <c r="M11" t="s">
+        <v>124</v>
+      </c>
+      <c r="N11" t="s">
+        <v>125</v>
+      </c>
+      <c r="O11" t="s">
+        <v>126</v>
+      </c>
+      <c r="P11">
+        <v>43.056</v>
+      </c>
+      <c r="Q11">
+        <v>183.145</v>
+      </c>
+      <c r="R11">
+        <v>0</v>
+      </c>
+      <c r="S11">
+        <v>0</v>
+      </c>
+      <c r="T11">
+        <v>240.586</v>
+      </c>
+      <c r="U11">
+        <v>1.0</v>
+      </c>
+      <c r="V11">
+        <v>886.081</v>
+      </c>
+      <c r="W11" t="s">
+        <v>127</v>
+      </c>
+      <c r="X11" t="s">
+        <v>128</v>
+      </c>
+      <c r="Y11">
+        <v>30.0</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>129</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>130</v>
+      </c>
+      <c r="AB11">
+        <v>1.5</v>
+      </c>
+      <c r="AC11">
+        <v>0</v>
+      </c>
+      <c r="AD11">
+        <v>0</v>
+      </c>
+      <c r="AE11">
+        <v>1.0</v>
+      </c>
+      <c r="AF11">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>