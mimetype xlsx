--- v0 (2025-10-08)
+++ v1 (2025-11-29)
@@ -12,119 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1122">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>organo</t>
   </si>
   <si>
     <t>sesion</t>
   </si>
   <si>
     <t>convocatoria_pdf_id</t>
   </si>
   <si>
     <t>convocatoria_open_id</t>
   </si>
   <si>
     <t>acta_pdf_id</t>
   </si>
   <si>
     <t>acta_open_id</t>
   </si>
   <si>
     <t>acuerdos_pdf_id</t>
   </si>
   <si>
     <t>acuerdos_open_id</t>
   </si>
   <si>
     <t>videoacta_pdf_id</t>
   </si>
   <si>
     <t>videoacta_open_id</t>
   </si>
   <si>
     <t>enlance_exterior</t>
   </si>
   <si>
     <t>nota_prensa</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
+    <t>27-11-2025</t>
+  </si>
+  <si>
+    <t>Pleno</t>
+  </si>
+  <si>
+    <t>Ordinaria</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1764162381Anuncio de la convocatoria.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1764162394Anuncio de la convocatoria.odt</t>
+  </si>
+  <si>
+    <t>19-11-2025</t>
+  </si>
+  <si>
+    <t>Junta de Gobierno</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1763550799jgl-19-11-2025.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1763550882jgl-19-11-2025.odt</t>
+  </si>
+  <si>
+    <t>05-11-2025</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1762337334Anuncio de la convocatoria.pdf</t>
+  </si>
+  <si>
+    <t>https://transparencia.santabrigida.es/storage/uploads/1762337451Anuncio de la convocatoria.odt</t>
+  </si>
+  <si>
     <t>08-10-2025</t>
   </si>
   <si>
-    <t>Junta de Gobierno</t>
-[...4 lines deleted...]
-  <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/175983966820251006_Publicación_Anuncio_Anuncio de la convocatoria.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/175983981520251006_Publicación_Anuncio_Anuncio de la convocatoria.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/175983986120251006_Publicación_Anuncio_Anuncio de la convocatoria-.odt</t>
   </si>
   <si>
     <t>25-09-2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pleno</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1758612581Anuncio de la convocatoria Pleno.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1758612629Anuncio de la convocatoria Pleno 25-9-2025.odt</t>
   </si>
   <si>
     <t>24-09-2025</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1758612561Anuncio de la convocatoria Junta Gobierno.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/1758612564Anuncio de la convocatoria Junta Gobierno.odt</t>
   </si>
   <si>
     <t>31-07-2025</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/175379020020250729_Publicación_Anuncio_Anuncio de la convocatoria.pdf</t>
   </si>
   <si>
     <t>https://transparencia.santabrigida.es/storage/uploads/175379020220250729_Publicación_Anuncio_Anuncio de la convocatoria.odt</t>
   </si>
@@ -3729,51 +3756,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z588"/>
+  <dimension ref="A1:Z591"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="245" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="150" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="245" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="188" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="142" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
@@ -3814,11995 +3841,12064 @@
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>6468</v>
+        <v>6692</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
+      <c r="F2" t="s">
+        <v>19</v>
+      </c>
       <c r="O2">
         <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>6469</v>
+        <v>6637</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="O3">
         <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>6430</v>
+        <v>6582</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="O4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>6429</v>
+        <v>6468</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="O5">
         <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>6318</v>
+        <v>6469</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
-      <c r="G6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O6">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>6319</v>
+        <v>6430</v>
       </c>
       <c r="B7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>37</v>
       </c>
       <c r="O7">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>6363</v>
+        <v>6429</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="O8">
         <v>2025</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>5697</v>
+        <v>6318</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="O9">
         <v>2025</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>5694</v>
+        <v>6319</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G10" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="O10">
         <v>2025</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>5673</v>
+        <v>6363</v>
       </c>
       <c r="B11" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="F11" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="H11" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="O11">
         <v>2025</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>5660</v>
+        <v>5697</v>
       </c>
       <c r="B12" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="F12" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="H12" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="O12">
         <v>2025</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>5473</v>
+        <v>5694</v>
       </c>
       <c r="B13" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="C13" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D13" t="s">
         <v>17</v>
       </c>
       <c r="E13" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="F13" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G13" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O13">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>5267</v>
+        <v>5673</v>
       </c>
       <c r="B14" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="F14" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="G14" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H14" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="O14">
         <v>2025</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>5168</v>
+        <v>5660</v>
       </c>
       <c r="B15" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="C15" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D15" t="s">
         <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="F15" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="O15">
         <v>2025</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>5167</v>
+        <v>5473</v>
       </c>
       <c r="B16" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C16" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D16" t="s">
         <v>17</v>
       </c>
       <c r="E16" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="G16" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="H16" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="O16">
         <v>2025</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>4944</v>
+        <v>5267</v>
       </c>
       <c r="B17" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D17" t="s">
         <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="G17" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="O17">
         <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>4886</v>
+        <v>5168</v>
       </c>
       <c r="B18" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
         <v>16</v>
       </c>
       <c r="D18" t="s">
         <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="F18" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="G18" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="H18" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="O18">
         <v>2025</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>4737</v>
+        <v>5167</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="C19" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D19" t="s">
         <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F19" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="G19" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="H19" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="O19">
         <v>2025</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>4513</v>
+        <v>4944</v>
       </c>
       <c r="B20" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C20" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D20" t="s">
         <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="F20" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="G20" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H20" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="O20">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>4455</v>
+        <v>4886</v>
       </c>
       <c r="B21" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C21" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="F21" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="G21" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="H21" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="O21">
         <v>2025</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>4454</v>
+        <v>4737</v>
       </c>
       <c r="B22" t="s">
+        <v>103</v>
+      </c>
+      <c r="C22" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" t="s">
         <v>104</v>
       </c>
-      <c r="C22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="G22" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="H22" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="O22">
         <v>2025</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>4429</v>
+        <v>4513</v>
       </c>
       <c r="B23" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="C23" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F23" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="G23" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="H23" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="O23">
         <v>2025</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>4456</v>
+        <v>4455</v>
       </c>
       <c r="B24" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C24" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D24" t="s">
-        <v>44</v>
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>114</v>
+      </c>
+      <c r="F24" t="s">
+        <v>115</v>
       </c>
       <c r="G24" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="H24" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="O24">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>4430</v>
+        <v>4454</v>
       </c>
       <c r="B25" t="s">
+        <v>113</v>
+      </c>
+      <c r="C25" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" t="s">
+        <v>118</v>
+      </c>
+      <c r="F25" t="s">
+        <v>119</v>
+      </c>
+      <c r="G25" t="s">
+        <v>120</v>
+      </c>
+      <c r="H25" t="s">
         <v>121</v>
       </c>
-      <c r="C25" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="O25">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>4150</v>
+        <v>4429</v>
       </c>
       <c r="B26" t="s">
+        <v>122</v>
+      </c>
+      <c r="C26" t="s">
+        <v>16</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>123</v>
+      </c>
+      <c r="F26" t="s">
         <v>124</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="G26" t="s">
         <v>125</v>
       </c>
-      <c r="F26" t="s">
+      <c r="H26" t="s">
         <v>126</v>
       </c>
-      <c r="G26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O26">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>4249</v>
+        <v>4456</v>
       </c>
       <c r="B27" t="s">
+        <v>127</v>
+      </c>
+      <c r="C27" t="s">
+        <v>16</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="G27" t="s">
+        <v>128</v>
+      </c>
+      <c r="H27" t="s">
         <v>129</v>
-      </c>
-[...10 lines deleted...]
-        <v>131</v>
       </c>
       <c r="O27">
         <v>2024</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>4111</v>
+        <v>4430</v>
       </c>
       <c r="B28" t="s">
+        <v>130</v>
+      </c>
+      <c r="C28" t="s">
+        <v>21</v>
+      </c>
+      <c r="D28" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" t="s">
+        <v>131</v>
+      </c>
+      <c r="H28" t="s">
         <v>132</v>
-      </c>
-[...16 lines deleted...]
-        <v>136</v>
       </c>
       <c r="O28">
         <v>2024</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>4083</v>
+        <v>4150</v>
       </c>
       <c r="B29" t="s">
+        <v>133</v>
+      </c>
+      <c r="C29" t="s">
+        <v>16</v>
+      </c>
+      <c r="D29" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29" t="s">
+        <v>134</v>
+      </c>
+      <c r="F29" t="s">
+        <v>135</v>
+      </c>
+      <c r="G29" t="s">
+        <v>136</v>
+      </c>
+      <c r="H29" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
       <c r="O29">
         <v>2024</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>4084</v>
+        <v>4249</v>
       </c>
       <c r="B30" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D30" t="s">
         <v>17</v>
       </c>
-      <c r="E30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G30" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="H30" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="O30">
         <v>2024</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>3739</v>
+        <v>4111</v>
       </c>
       <c r="B31" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C31" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D31" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>148</v>
+        <v>142</v>
+      </c>
+      <c r="F31" t="s">
+        <v>143</v>
       </c>
       <c r="G31" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="H31" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="O31">
         <v>2024</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>3724</v>
+        <v>4083</v>
       </c>
       <c r="B32" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C32" t="s">
         <v>16</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>53</v>
+      </c>
+      <c r="E32" t="s">
+        <v>147</v>
+      </c>
+      <c r="F32" t="s">
+        <v>148</v>
       </c>
       <c r="G32" t="s">
-        <v>152</v>
+        <v>149</v>
+      </c>
+      <c r="H32" t="s">
+        <v>150</v>
       </c>
       <c r="O32">
         <v>2024</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>4248</v>
+        <v>4084</v>
       </c>
       <c r="B33" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" t="s">
+        <v>21</v>
+      </c>
+      <c r="D33" t="s">
+        <v>17</v>
+      </c>
+      <c r="E33" t="s">
+        <v>152</v>
+      </c>
+      <c r="F33" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G33" t="s">
         <v>154</v>
       </c>
       <c r="H33" t="s">
         <v>155</v>
       </c>
       <c r="O33">
         <v>2024</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>3723</v>
+        <v>3739</v>
       </c>
       <c r="B34" t="s">
         <v>156</v>
       </c>
       <c r="C34" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>157</v>
       </c>
       <c r="G34" t="s">
-        <v>157</v>
+        <v>158</v>
+      </c>
+      <c r="H34" t="s">
+        <v>159</v>
       </c>
       <c r="O34">
         <v>2024</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>2944</v>
+        <v>3724</v>
       </c>
       <c r="B35" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C35" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D35" t="s">
         <v>17</v>
       </c>
-      <c r="E35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="O35">
         <v>2024</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>3722</v>
+        <v>4248</v>
       </c>
       <c r="B36" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C36" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D36" t="s">
         <v>17</v>
       </c>
       <c r="G36" t="s">
-        <v>162</v>
+        <v>163</v>
+      </c>
+      <c r="H36" t="s">
+        <v>164</v>
       </c>
       <c r="O36">
         <v>2024</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>3347</v>
+        <v>3723</v>
       </c>
       <c r="B37" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C37" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D37" t="s">
         <v>17</v>
       </c>
       <c r="G37" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="O37">
         <v>2024</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>3346</v>
+        <v>2944</v>
       </c>
       <c r="B38" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C38" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D38" t="s">
         <v>17</v>
       </c>
+      <c r="E38" t="s">
+        <v>168</v>
+      </c>
       <c r="G38" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="O38">
         <v>2024</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>3174</v>
+        <v>3722</v>
       </c>
       <c r="B39" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="C39" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D39" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G39" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="O39">
         <v>2024</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>3175</v>
+        <v>3347</v>
       </c>
       <c r="B40" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C40" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D40" t="s">
         <v>17</v>
       </c>
       <c r="G40" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="O40">
         <v>2024</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>3345</v>
+        <v>3346</v>
       </c>
       <c r="B41" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="C41" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D41" t="s">
         <v>17</v>
       </c>
       <c r="G41" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="O41">
         <v>2024</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>3344</v>
+        <v>3174</v>
       </c>
       <c r="B42" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C42" t="s">
         <v>16</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G42" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="O42">
         <v>2024</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="B43" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C43" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D43" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G43" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="O43">
         <v>2024</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>3172</v>
+        <v>3345</v>
       </c>
       <c r="B44" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D44" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G44" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="O44">
         <v>2024</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>3343</v>
+        <v>3344</v>
       </c>
       <c r="B45" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C45" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D45" t="s">
         <v>17</v>
       </c>
       <c r="G45" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="O45">
         <v>2024</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>3342</v>
+        <v>3173</v>
       </c>
       <c r="B46" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="C46" t="s">
         <v>16</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G46" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="O46">
         <v>2024</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>3171</v>
+        <v>3172</v>
       </c>
       <c r="B47" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C47" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G47" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="O47">
         <v>2024</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>3169</v>
+        <v>3343</v>
       </c>
       <c r="B48" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="C48" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D48" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G48" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="O48">
         <v>2024</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>3170</v>
+        <v>3342</v>
       </c>
       <c r="B49" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C49" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D49" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G49" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="O49">
         <v>2024</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>3341</v>
+        <v>3171</v>
       </c>
       <c r="B50" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="C50" t="s">
         <v>16</v>
       </c>
       <c r="D50" t="s">
         <v>17</v>
       </c>
       <c r="G50" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="O50">
         <v>2024</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>3656</v>
+        <v>3169</v>
       </c>
       <c r="B51" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C51" t="s">
         <v>16</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G51" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="O51">
         <v>2024</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>3340</v>
+        <v>3170</v>
       </c>
       <c r="B52" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C52" t="s">
         <v>16</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G52" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="O52">
         <v>2024</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>3655</v>
+        <v>3341</v>
       </c>
       <c r="B53" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C53" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D53" t="s">
         <v>17</v>
       </c>
       <c r="G53" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="O53">
         <v>2024</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>3339</v>
+        <v>3656</v>
       </c>
       <c r="B54" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="C54" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D54" t="s">
         <v>17</v>
       </c>
       <c r="G54" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="O54">
         <v>2024</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>3168</v>
+        <v>3340</v>
       </c>
       <c r="B55" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C55" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D55" t="s">
         <v>17</v>
       </c>
       <c r="G55" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="O55">
         <v>2024</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>3338</v>
+        <v>3655</v>
       </c>
       <c r="B56" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C56" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D56" t="s">
         <v>17</v>
       </c>
       <c r="G56" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="O56">
         <v>2024</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>3337</v>
+        <v>3339</v>
       </c>
       <c r="B57" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C57" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="G57" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="O57">
         <v>2024</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>3336</v>
+        <v>3168</v>
       </c>
       <c r="B58" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="C58" t="s">
         <v>16</v>
       </c>
       <c r="D58" t="s">
         <v>17</v>
       </c>
       <c r="G58" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="O58">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>3167</v>
+        <v>3338</v>
       </c>
       <c r="B59" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="C59" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D59" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G59" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="O59">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>3335</v>
+        <v>3337</v>
       </c>
       <c r="B60" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C60" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="G60" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="O60">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>3166</v>
+        <v>3336</v>
       </c>
       <c r="B61" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="C61" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D61" t="s">
         <v>17</v>
       </c>
       <c r="G61" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="O61">
         <v>2023</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>3334</v>
+        <v>3167</v>
       </c>
       <c r="B62" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C62" t="s">
         <v>16</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G62" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="O62">
         <v>2023</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="B63" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C63" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D63" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G63" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="O63">
         <v>2023</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>3165</v>
+        <v>3166</v>
       </c>
       <c r="B64" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C64" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D64" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G64" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="O64">
         <v>2023</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>3164</v>
+        <v>3334</v>
       </c>
       <c r="B65" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C65" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D65" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G65" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="O65">
         <v>2023</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>3332</v>
+        <v>3333</v>
       </c>
       <c r="B66" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C66" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G66" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="O66">
         <v>2023</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>3331</v>
+        <v>3165</v>
       </c>
       <c r="B67" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C67" t="s">
         <v>16</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G67" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="O67">
         <v>2023</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>3163</v>
+        <v>3164</v>
       </c>
       <c r="B68" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="C68" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D68" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G68" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="O68">
         <v>2023</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>3330</v>
+        <v>3332</v>
       </c>
       <c r="B69" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="C69" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="G69" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="O69">
         <v>2023</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>3162</v>
+        <v>3331</v>
       </c>
       <c r="B70" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C70" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D70" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G70" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="O70">
         <v>2023</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>3329</v>
+        <v>3163</v>
       </c>
       <c r="B71" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C71" t="s">
         <v>16</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
       <c r="G71" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="O71">
         <v>2023</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>3161</v>
+        <v>3330</v>
       </c>
       <c r="B72" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C72" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D72" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G72" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O72">
         <v>2023</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>3328</v>
+        <v>3162</v>
       </c>
       <c r="B73" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="C73" t="s">
         <v>16</v>
       </c>
       <c r="D73" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G73" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="O73">
         <v>2023</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>3654</v>
+        <v>3329</v>
       </c>
       <c r="B74" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C74" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D74" t="s">
         <v>17</v>
       </c>
       <c r="G74" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="O74">
         <v>2023</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>3327</v>
+        <v>3161</v>
       </c>
       <c r="B75" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C75" t="s">
         <v>16</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G75" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="O75">
         <v>2023</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>3160</v>
+        <v>3328</v>
       </c>
       <c r="B76" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C76" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D76" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G76" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="O76">
         <v>2023</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>3159</v>
+        <v>3654</v>
       </c>
       <c r="B77" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C77" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D77" t="s">
-        <v>237</v>
+        <v>17</v>
       </c>
       <c r="G77" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="O77">
         <v>2023</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>3158</v>
+        <v>3327</v>
       </c>
       <c r="B78" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C78" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D78" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G78" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="O78">
         <v>2023</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>3326</v>
+        <v>3160</v>
       </c>
       <c r="B79" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="C79" t="s">
         <v>16</v>
       </c>
       <c r="D79" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G79" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="O79">
         <v>2023</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>3325</v>
+        <v>3159</v>
       </c>
       <c r="B80" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C80" t="s">
         <v>16</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="G80" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="O80">
         <v>2023</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="B81" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="C81" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G81" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="O81">
         <v>2023</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="B82" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C82" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G82" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="O82">
         <v>2023</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>3156</v>
+        <v>3325</v>
       </c>
       <c r="B83" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="C83" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D83" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G83" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="O83">
         <v>2023</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>3154</v>
+        <v>3157</v>
       </c>
       <c r="B84" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C84" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D84" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G84" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="O84">
         <v>2023</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>3155</v>
+        <v>3324</v>
       </c>
       <c r="B85" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C85" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D85" t="s">
         <v>17</v>
       </c>
       <c r="G85" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="O85">
         <v>2023</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>3323</v>
+        <v>3156</v>
       </c>
       <c r="B86" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C86" t="s">
         <v>16</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G86" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="O86">
         <v>2023</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>3322</v>
+        <v>3154</v>
       </c>
       <c r="B87" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="C87" t="s">
         <v>16</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G87" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="O87">
         <v>2023</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>3153</v>
+        <v>3155</v>
       </c>
       <c r="B88" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C88" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D88" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G88" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="O88">
         <v>2023</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>3321</v>
+        <v>3323</v>
       </c>
       <c r="B89" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="C89" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D89" t="s">
         <v>17</v>
       </c>
       <c r="G89" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="O89">
         <v>2023</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="B90" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="C90" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D90" t="s">
         <v>17</v>
       </c>
       <c r="G90" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="O90">
         <v>2023</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>3319</v>
+        <v>3153</v>
       </c>
       <c r="B91" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C91" t="s">
         <v>16</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G91" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="O91">
         <v>2023</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>3152</v>
+        <v>3321</v>
       </c>
       <c r="B92" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C92" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D92" t="s">
         <v>17</v>
       </c>
       <c r="G92" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="O92">
         <v>2023</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>3318</v>
+        <v>3320</v>
       </c>
       <c r="B93" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C93" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D93" t="s">
         <v>17</v>
       </c>
       <c r="G93" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="O93">
         <v>2023</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>3151</v>
+        <v>3319</v>
       </c>
       <c r="B94" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C94" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D94" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G94" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="O94">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>3150</v>
+        <v>3152</v>
       </c>
       <c r="B95" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C95" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D95" t="s">
         <v>17</v>
       </c>
       <c r="G95" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="O95">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>3317</v>
+        <v>3318</v>
       </c>
       <c r="B96" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C96" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D96" t="s">
         <v>17</v>
       </c>
       <c r="G96" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="O96">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>3149</v>
+        <v>3151</v>
       </c>
       <c r="B97" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C97" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D97" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G97" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="O97">
         <v>2022</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>3316</v>
+        <v>3150</v>
       </c>
       <c r="B98" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C98" t="s">
         <v>16</v>
       </c>
       <c r="D98" t="s">
         <v>17</v>
       </c>
       <c r="G98" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="O98">
         <v>2022</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>3148</v>
+        <v>3317</v>
       </c>
       <c r="B99" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C99" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D99" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G99" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="O99">
         <v>2022</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>3315</v>
+        <v>3149</v>
       </c>
       <c r="B100" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C100" t="s">
         <v>16</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G100" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="O100">
         <v>2022</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>3314</v>
+        <v>3316</v>
       </c>
       <c r="B101" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C101" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="G101" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="O101">
         <v>2022</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>3147</v>
+        <v>3148</v>
       </c>
       <c r="B102" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C102" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D102" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G102" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="O102">
         <v>2022</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>3313</v>
+        <v>3315</v>
       </c>
       <c r="B103" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D103" t="s">
         <v>17</v>
       </c>
       <c r="G103" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="O103">
         <v>2022</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>3312</v>
+        <v>3314</v>
       </c>
       <c r="B104" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C104" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D104" t="s">
         <v>17</v>
       </c>
       <c r="G104" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="O104">
         <v>2022</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>3311</v>
+        <v>3147</v>
       </c>
       <c r="B105" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C105" t="s">
         <v>16</v>
       </c>
       <c r="D105" t="s">
         <v>17</v>
       </c>
       <c r="G105" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="O105">
         <v>2022</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>3310</v>
+        <v>3313</v>
       </c>
       <c r="B106" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C106" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D106" t="s">
         <v>17</v>
       </c>
       <c r="G106" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="O106">
         <v>2022</v>
       </c>
     </row>
     <row r="107" spans="1:26">
       <c r="A107" s="1">
-        <v>3309</v>
+        <v>3312</v>
       </c>
       <c r="B107" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C107" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D107" t="s">
         <v>17</v>
       </c>
       <c r="G107" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="O107">
         <v>2022</v>
       </c>
     </row>
     <row r="108" spans="1:26">
       <c r="A108" s="1">
-        <v>3146</v>
+        <v>3311</v>
       </c>
       <c r="B108" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="C108" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D108" t="s">
         <v>17</v>
       </c>
       <c r="G108" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="O108">
         <v>2022</v>
       </c>
     </row>
     <row r="109" spans="1:26">
       <c r="A109" s="1">
-        <v>3662</v>
+        <v>3310</v>
       </c>
       <c r="B109" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D109" t="s">
         <v>17</v>
       </c>
       <c r="G109" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="O109">
         <v>2022</v>
       </c>
     </row>
     <row r="110" spans="1:26">
       <c r="A110" s="1">
-        <v>3653</v>
+        <v>3309</v>
       </c>
       <c r="B110" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="C110" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D110" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G110" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="O110">
         <v>2022</v>
       </c>
     </row>
     <row r="111" spans="1:26">
       <c r="A111" s="1">
-        <v>3307</v>
+        <v>3146</v>
       </c>
       <c r="B111" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C111" t="s">
         <v>16</v>
       </c>
       <c r="D111" t="s">
         <v>17</v>
       </c>
       <c r="G111" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="O111">
         <v>2022</v>
       </c>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" s="1">
-        <v>3308</v>
+        <v>3662</v>
       </c>
       <c r="B112" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C112" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D112" t="s">
         <v>17</v>
       </c>
       <c r="G112" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="O112">
         <v>2022</v>
       </c>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" s="1">
-        <v>3306</v>
+        <v>3653</v>
       </c>
       <c r="B113" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C113" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D113" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G113" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="O113">
         <v>2022</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" s="1">
-        <v>3145</v>
+        <v>3307</v>
       </c>
       <c r="B114" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C114" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D114" t="s">
         <v>17</v>
       </c>
       <c r="G114" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="O114">
         <v>2022</v>
       </c>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" s="1">
-        <v>3305</v>
+        <v>3308</v>
       </c>
       <c r="B115" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C115" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D115" t="s">
         <v>17</v>
       </c>
       <c r="G115" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="O115">
         <v>2022</v>
       </c>
     </row>
     <row r="116" spans="1:26">
       <c r="A116" s="1">
-        <v>3144</v>
+        <v>3306</v>
       </c>
       <c r="B116" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C116" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D116" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G116" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="O116">
         <v>2022</v>
       </c>
     </row>
     <row r="117" spans="1:26">
       <c r="A117" s="1">
-        <v>3304</v>
+        <v>3145</v>
       </c>
       <c r="B117" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C117" t="s">
         <v>16</v>
       </c>
       <c r="D117" t="s">
         <v>17</v>
       </c>
       <c r="G117" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="O117">
         <v>2022</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" s="1">
-        <v>3652</v>
+        <v>3305</v>
       </c>
       <c r="B118" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="C118" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D118" t="s">
         <v>17</v>
       </c>
       <c r="G118" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="O118">
         <v>2022</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" s="1">
-        <v>3303</v>
+        <v>3144</v>
       </c>
       <c r="B119" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C119" t="s">
         <v>16</v>
       </c>
       <c r="D119" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G119" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="O119">
         <v>2022</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" s="1">
-        <v>3651</v>
+        <v>3304</v>
       </c>
       <c r="B120" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C120" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D120" t="s">
         <v>17</v>
       </c>
       <c r="G120" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="O120">
         <v>2022</v>
       </c>
     </row>
     <row r="121" spans="1:26">
       <c r="A121" s="1">
-        <v>3302</v>
+        <v>3652</v>
       </c>
       <c r="B121" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C121" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D121" t="s">
         <v>17</v>
       </c>
       <c r="G121" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="O121">
         <v>2022</v>
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" s="1">
-        <v>3143</v>
+        <v>3303</v>
       </c>
       <c r="B122" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C122" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D122" t="s">
         <v>17</v>
       </c>
       <c r="G122" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="O122">
         <v>2022</v>
       </c>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" s="1">
-        <v>3650</v>
+        <v>3651</v>
       </c>
       <c r="B123" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C123" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="G123" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="O123">
         <v>2022</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" s="1">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="B124" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C124" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D124" t="s">
         <v>17</v>
       </c>
       <c r="G124" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="O124">
         <v>2022</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" s="1">
-        <v>3649</v>
+        <v>3143</v>
       </c>
       <c r="B125" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C125" t="s">
         <v>16</v>
       </c>
       <c r="D125" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G125" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="O125">
         <v>2022</v>
       </c>
     </row>
     <row r="126" spans="1:26">
       <c r="A126" s="1">
-        <v>3300</v>
+        <v>3650</v>
       </c>
       <c r="B126" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="C126" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D126" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G126" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="O126">
         <v>2022</v>
       </c>
     </row>
     <row r="127" spans="1:26">
       <c r="A127" s="1">
-        <v>3648</v>
+        <v>3301</v>
       </c>
       <c r="B127" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C127" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D127" t="s">
         <v>17</v>
       </c>
       <c r="G127" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="O127">
         <v>2022</v>
       </c>
     </row>
     <row r="128" spans="1:26">
       <c r="A128" s="1">
-        <v>3299</v>
+        <v>3649</v>
       </c>
       <c r="B128" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="C128" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D128" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G128" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="O128">
         <v>2022</v>
       </c>
     </row>
     <row r="129" spans="1:26">
       <c r="A129" s="1">
-        <v>3647</v>
+        <v>3300</v>
       </c>
       <c r="B129" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C129" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D129" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G129" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="O129">
         <v>2022</v>
       </c>
     </row>
     <row r="130" spans="1:26">
       <c r="A130" s="1">
-        <v>3298</v>
+        <v>3648</v>
       </c>
       <c r="B130" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="C130" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D130" t="s">
         <v>17</v>
       </c>
       <c r="G130" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="O130">
         <v>2022</v>
       </c>
     </row>
     <row r="131" spans="1:26">
       <c r="A131" s="1">
-        <v>3646</v>
+        <v>3299</v>
       </c>
       <c r="B131" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C131" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D131" t="s">
         <v>17</v>
       </c>
       <c r="G131" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="O131">
         <v>2022</v>
       </c>
     </row>
     <row r="132" spans="1:26">
       <c r="A132" s="1">
-        <v>3297</v>
+        <v>3647</v>
       </c>
       <c r="B132" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C132" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D132" t="s">
         <v>17</v>
       </c>
       <c r="G132" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="O132">
         <v>2022</v>
       </c>
     </row>
     <row r="133" spans="1:26">
       <c r="A133" s="1">
-        <v>3142</v>
+        <v>3298</v>
       </c>
       <c r="B133" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C133" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D133" t="s">
         <v>17</v>
       </c>
       <c r="G133" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="O133">
         <v>2022</v>
       </c>
     </row>
     <row r="134" spans="1:26">
       <c r="A134" s="1">
-        <v>3645</v>
+        <v>3646</v>
       </c>
       <c r="B134" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C134" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D134" t="s">
         <v>17</v>
       </c>
       <c r="G134" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="O134">
         <v>2022</v>
       </c>
     </row>
     <row r="135" spans="1:26">
       <c r="A135" s="1">
-        <v>3296</v>
+        <v>3297</v>
       </c>
       <c r="B135" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="C135" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D135" t="s">
         <v>17</v>
       </c>
       <c r="G135" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="O135">
         <v>2022</v>
       </c>
     </row>
     <row r="136" spans="1:26">
       <c r="A136" s="1">
-        <v>3141</v>
+        <v>3142</v>
       </c>
       <c r="B136" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="C136" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D136" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G136" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="O136">
         <v>2022</v>
       </c>
     </row>
     <row r="137" spans="1:26">
       <c r="A137" s="1">
-        <v>3644</v>
+        <v>3645</v>
       </c>
       <c r="B137" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C137" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D137" t="s">
         <v>17</v>
       </c>
       <c r="G137" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="O137">
         <v>2022</v>
       </c>
     </row>
     <row r="138" spans="1:26">
       <c r="A138" s="1">
-        <v>3295</v>
+        <v>3296</v>
       </c>
       <c r="B138" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="C138" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D138" t="s">
         <v>17</v>
       </c>
       <c r="G138" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="O138">
         <v>2022</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" s="1">
-        <v>3137</v>
+        <v>3141</v>
       </c>
       <c r="B139" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C139" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D139" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G139" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="O139">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" s="1">
-        <v>3140</v>
+        <v>3644</v>
       </c>
       <c r="B140" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="C140" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D140" t="s">
         <v>17</v>
       </c>
       <c r="G140" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="O140">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" s="1">
-        <v>3598</v>
+        <v>3295</v>
       </c>
       <c r="B141" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C141" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D141" t="s">
         <v>17</v>
       </c>
       <c r="G141" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="O141">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="142" spans="1:26">
       <c r="A142" s="1">
-        <v>3294</v>
+        <v>3137</v>
       </c>
       <c r="B142" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C142" t="s">
         <v>16</v>
       </c>
       <c r="D142" t="s">
         <v>17</v>
       </c>
       <c r="G142" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="O142">
         <v>2021</v>
       </c>
     </row>
     <row r="143" spans="1:26">
       <c r="A143" s="1">
-        <v>3138</v>
+        <v>3140</v>
       </c>
       <c r="B143" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="C143" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D143" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G143" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="O143">
         <v>2021</v>
       </c>
     </row>
     <row r="144" spans="1:26">
       <c r="A144" s="1">
-        <v>3643</v>
+        <v>3598</v>
       </c>
       <c r="B144" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C144" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D144" t="s">
         <v>17</v>
       </c>
       <c r="G144" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="O144">
         <v>2021</v>
       </c>
     </row>
     <row r="145" spans="1:26">
       <c r="A145" s="1">
-        <v>3293</v>
+        <v>3294</v>
       </c>
       <c r="B145" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C145" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D145" t="s">
         <v>17</v>
       </c>
       <c r="G145" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="O145">
         <v>2021</v>
       </c>
     </row>
     <row r="146" spans="1:26">
       <c r="A146" s="1">
-        <v>3139</v>
+        <v>3138</v>
       </c>
       <c r="B146" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="C146" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D146" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G146" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="O146">
         <v>2021</v>
       </c>
     </row>
     <row r="147" spans="1:26">
       <c r="A147" s="1">
-        <v>3602</v>
+        <v>3643</v>
       </c>
       <c r="B147" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C147" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D147" t="s">
         <v>17</v>
       </c>
       <c r="G147" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="O147">
         <v>2021</v>
       </c>
     </row>
     <row r="148" spans="1:26">
       <c r="A148" s="1">
-        <v>3292</v>
+        <v>3293</v>
       </c>
       <c r="B148" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="C148" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D148" t="s">
         <v>17</v>
       </c>
       <c r="G148" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="O148">
         <v>2021</v>
       </c>
     </row>
     <row r="149" spans="1:26">
       <c r="A149" s="1">
-        <v>3291</v>
+        <v>3139</v>
       </c>
       <c r="B149" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C149" t="s">
         <v>16</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G149" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="O149">
         <v>2021</v>
       </c>
     </row>
     <row r="150" spans="1:26">
       <c r="A150" s="1">
-        <v>3642</v>
+        <v>3602</v>
       </c>
       <c r="B150" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C150" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D150" t="s">
         <v>17</v>
       </c>
       <c r="G150" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="O150">
         <v>2021</v>
       </c>
     </row>
     <row r="151" spans="1:26">
       <c r="A151" s="1">
-        <v>3290</v>
+        <v>3292</v>
       </c>
       <c r="B151" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="C151" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D151" t="s">
         <v>17</v>
       </c>
       <c r="G151" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="O151">
         <v>2021</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152" s="1">
-        <v>3136</v>
+        <v>3291</v>
       </c>
       <c r="B152" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="C152" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D152" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G152" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="O152">
         <v>2021</v>
       </c>
     </row>
     <row r="153" spans="1:26">
       <c r="A153" s="1">
-        <v>3641</v>
+        <v>3642</v>
       </c>
       <c r="B153" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C153" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D153" t="s">
         <v>17</v>
       </c>
       <c r="G153" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="O153">
         <v>2021</v>
       </c>
     </row>
     <row r="154" spans="1:26">
       <c r="A154" s="1">
-        <v>3289</v>
+        <v>3290</v>
       </c>
       <c r="B154" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C154" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D154" t="s">
         <v>17</v>
       </c>
       <c r="G154" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="O154">
         <v>2021</v>
       </c>
     </row>
     <row r="155" spans="1:26">
       <c r="A155" s="1">
-        <v>3135</v>
+        <v>3136</v>
       </c>
       <c r="B155" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="C155" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D155" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G155" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="O155">
         <v>2021</v>
       </c>
     </row>
     <row r="156" spans="1:26">
       <c r="A156" s="1">
-        <v>3640</v>
+        <v>3641</v>
       </c>
       <c r="B156" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C156" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="G156" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="O156">
         <v>2021</v>
       </c>
     </row>
     <row r="157" spans="1:26">
       <c r="A157" s="1">
-        <v>3288</v>
+        <v>3289</v>
       </c>
       <c r="B157" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C157" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D157" t="s">
         <v>17</v>
       </c>
       <c r="G157" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="O157">
         <v>2021</v>
       </c>
     </row>
     <row r="158" spans="1:26">
       <c r="A158" s="1">
-        <v>3639</v>
+        <v>3135</v>
       </c>
       <c r="B158" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C158" t="s">
         <v>16</v>
       </c>
       <c r="D158" t="s">
         <v>17</v>
       </c>
       <c r="G158" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="O158">
         <v>2021</v>
       </c>
     </row>
     <row r="159" spans="1:26">
       <c r="A159" s="1">
-        <v>3287</v>
+        <v>3640</v>
       </c>
       <c r="B159" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="C159" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D159" t="s">
         <v>17</v>
       </c>
       <c r="G159" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="O159">
         <v>2021</v>
       </c>
     </row>
     <row r="160" spans="1:26">
       <c r="A160" s="1">
-        <v>3638</v>
+        <v>3288</v>
       </c>
       <c r="B160" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C160" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D160" t="s">
         <v>17</v>
       </c>
       <c r="G160" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="O160">
         <v>2021</v>
       </c>
     </row>
     <row r="161" spans="1:26">
       <c r="A161" s="1">
-        <v>3286</v>
+        <v>3639</v>
       </c>
       <c r="B161" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C161" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D161" t="s">
         <v>17</v>
       </c>
       <c r="G161" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="O161">
         <v>2021</v>
       </c>
     </row>
     <row r="162" spans="1:26">
       <c r="A162" s="1">
-        <v>3637</v>
+        <v>3287</v>
       </c>
       <c r="B162" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C162" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="G162" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="O162">
         <v>2021</v>
       </c>
     </row>
     <row r="163" spans="1:26">
       <c r="A163" s="1">
-        <v>3285</v>
+        <v>3638</v>
       </c>
       <c r="B163" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C163" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D163" t="s">
         <v>17</v>
       </c>
       <c r="G163" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="O163">
         <v>2021</v>
       </c>
     </row>
     <row r="164" spans="1:26">
       <c r="A164" s="1">
-        <v>3636</v>
+        <v>3286</v>
       </c>
       <c r="B164" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C164" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D164" t="s">
         <v>17</v>
       </c>
       <c r="G164" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="O164">
         <v>2021</v>
       </c>
     </row>
     <row r="165" spans="1:26">
       <c r="A165" s="1">
-        <v>3284</v>
+        <v>3637</v>
       </c>
       <c r="B165" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="C165" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D165" t="s">
         <v>17</v>
       </c>
       <c r="G165" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="O165">
         <v>2021</v>
       </c>
     </row>
     <row r="166" spans="1:26">
       <c r="A166" s="1">
-        <v>3133</v>
+        <v>3285</v>
       </c>
       <c r="B166" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C166" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D166" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G166" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="O166">
         <v>2021</v>
       </c>
     </row>
     <row r="167" spans="1:26">
       <c r="A167" s="1">
-        <v>3134</v>
+        <v>3636</v>
       </c>
       <c r="B167" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="C167" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D167" t="s">
         <v>17</v>
       </c>
       <c r="G167" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="O167">
         <v>2021</v>
       </c>
     </row>
     <row r="168" spans="1:26">
       <c r="A168" s="1">
-        <v>3635</v>
+        <v>3284</v>
       </c>
       <c r="B168" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C168" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D168" t="s">
         <v>17</v>
       </c>
       <c r="G168" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="O168">
         <v>2021</v>
       </c>
     </row>
     <row r="169" spans="1:26">
       <c r="A169" s="1">
-        <v>3283</v>
+        <v>3133</v>
       </c>
       <c r="B169" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="C169" t="s">
         <v>16</v>
       </c>
       <c r="D169" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G169" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="O169">
         <v>2021</v>
       </c>
     </row>
     <row r="170" spans="1:26">
       <c r="A170" s="1">
-        <v>3132</v>
+        <v>3134</v>
       </c>
       <c r="B170" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C170" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D170" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G170" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="O170">
         <v>2021</v>
       </c>
     </row>
     <row r="171" spans="1:26">
       <c r="A171" s="1">
-        <v>3634</v>
+        <v>3635</v>
       </c>
       <c r="B171" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C171" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D171" t="s">
         <v>17</v>
       </c>
       <c r="G171" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="O171">
         <v>2021</v>
       </c>
     </row>
     <row r="172" spans="1:26">
       <c r="A172" s="1">
-        <v>3282</v>
+        <v>3283</v>
       </c>
       <c r="B172" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="C172" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D172" t="s">
         <v>17</v>
       </c>
       <c r="G172" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="O172">
         <v>2021</v>
       </c>
     </row>
     <row r="173" spans="1:26">
       <c r="A173" s="1">
-        <v>3131</v>
+        <v>3132</v>
       </c>
       <c r="B173" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C173" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D173" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G173" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="O173">
         <v>2021</v>
       </c>
     </row>
     <row r="174" spans="1:26">
       <c r="A174" s="1">
-        <v>3633</v>
+        <v>3634</v>
       </c>
       <c r="B174" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C174" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D174" t="s">
         <v>17</v>
       </c>
       <c r="G174" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="O174">
         <v>2021</v>
       </c>
     </row>
     <row r="175" spans="1:26">
       <c r="A175" s="1">
-        <v>3129</v>
+        <v>3282</v>
       </c>
       <c r="B175" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C175" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D175" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G175" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="O175">
         <v>2021</v>
       </c>
     </row>
     <row r="176" spans="1:26">
       <c r="A176" s="1">
-        <v>3130</v>
+        <v>3131</v>
       </c>
       <c r="B176" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C176" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G176" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="O176">
         <v>2021</v>
       </c>
     </row>
     <row r="177" spans="1:26">
       <c r="A177" s="1">
-        <v>3632</v>
+        <v>3633</v>
       </c>
       <c r="B177" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="C177" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D177" t="s">
         <v>17</v>
       </c>
       <c r="G177" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="O177">
         <v>2021</v>
       </c>
     </row>
     <row r="178" spans="1:26">
       <c r="A178" s="1">
-        <v>3280</v>
+        <v>3129</v>
       </c>
       <c r="B178" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="C178" t="s">
         <v>16</v>
       </c>
       <c r="D178" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G178" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="O178">
         <v>2021</v>
       </c>
     </row>
     <row r="179" spans="1:26">
       <c r="A179" s="1">
-        <v>3631</v>
+        <v>3130</v>
       </c>
       <c r="B179" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C179" t="s">
         <v>16</v>
       </c>
       <c r="D179" t="s">
         <v>17</v>
       </c>
       <c r="G179" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="O179">
         <v>2021</v>
       </c>
     </row>
     <row r="180" spans="1:26">
       <c r="A180" s="1">
-        <v>3279</v>
+        <v>3632</v>
       </c>
       <c r="B180" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="C180" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D180" t="s">
         <v>17</v>
       </c>
       <c r="G180" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="O180">
         <v>2021</v>
       </c>
     </row>
     <row r="181" spans="1:26">
       <c r="A181" s="1">
-        <v>3281</v>
+        <v>3280</v>
       </c>
       <c r="B181" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="C181" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D181" t="s">
         <v>17</v>
       </c>
       <c r="G181" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="O181">
         <v>2021</v>
       </c>
     </row>
     <row r="182" spans="1:26">
       <c r="A182" s="1">
-        <v>3128</v>
+        <v>3631</v>
       </c>
       <c r="B182" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="C182" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D182" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G182" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="O182">
         <v>2021</v>
       </c>
     </row>
     <row r="183" spans="1:26">
       <c r="A183" s="1">
-        <v>3630</v>
+        <v>3279</v>
       </c>
       <c r="B183" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C183" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D183" t="s">
         <v>17</v>
       </c>
       <c r="G183" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="O183">
         <v>2021</v>
       </c>
     </row>
     <row r="184" spans="1:26">
       <c r="A184" s="1">
-        <v>3278</v>
+        <v>3281</v>
       </c>
       <c r="B184" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="C184" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D184" t="s">
         <v>17</v>
       </c>
       <c r="G184" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="O184">
         <v>2021</v>
       </c>
     </row>
     <row r="185" spans="1:26">
       <c r="A185" s="1">
-        <v>3629</v>
+        <v>3128</v>
       </c>
       <c r="B185" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C185" t="s">
         <v>16</v>
       </c>
       <c r="D185" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G185" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="O185">
         <v>2021</v>
       </c>
     </row>
     <row r="186" spans="1:26">
       <c r="A186" s="1">
-        <v>3277</v>
+        <v>3630</v>
       </c>
       <c r="B186" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="C186" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D186" t="s">
         <v>17</v>
       </c>
       <c r="G186" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="O186">
         <v>2021</v>
       </c>
     </row>
     <row r="187" spans="1:26">
       <c r="A187" s="1">
-        <v>3127</v>
+        <v>3278</v>
       </c>
       <c r="B187" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C187" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D187" t="s">
         <v>17</v>
       </c>
       <c r="G187" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="O187">
         <v>2021</v>
       </c>
     </row>
     <row r="188" spans="1:26">
       <c r="A188" s="1">
-        <v>3628</v>
+        <v>3629</v>
       </c>
       <c r="B188" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C188" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D188" t="s">
         <v>17</v>
       </c>
       <c r="G188" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="O188">
         <v>2021</v>
       </c>
     </row>
     <row r="189" spans="1:26">
       <c r="A189" s="1">
-        <v>3276</v>
+        <v>3277</v>
       </c>
       <c r="B189" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C189" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D189" t="s">
         <v>17</v>
       </c>
       <c r="G189" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="O189">
         <v>2021</v>
       </c>
     </row>
     <row r="190" spans="1:26">
       <c r="A190" s="1">
-        <v>3626</v>
+        <v>3127</v>
       </c>
       <c r="B190" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C190" t="s">
         <v>16</v>
       </c>
       <c r="D190" t="s">
         <v>17</v>
       </c>
       <c r="G190" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="O190">
         <v>2021</v>
       </c>
     </row>
     <row r="191" spans="1:26">
       <c r="A191" s="1">
-        <v>3627</v>
+        <v>3628</v>
       </c>
       <c r="B191" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C191" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D191" t="s">
         <v>17</v>
       </c>
       <c r="G191" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="O191">
         <v>2021</v>
       </c>
     </row>
     <row r="192" spans="1:26">
       <c r="A192" s="1">
-        <v>3275</v>
+        <v>3276</v>
       </c>
       <c r="B192" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="C192" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D192" t="s">
         <v>17</v>
       </c>
       <c r="G192" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="O192">
         <v>2021</v>
       </c>
     </row>
     <row r="193" spans="1:26">
       <c r="A193" s="1">
-        <v>3625</v>
+        <v>3626</v>
       </c>
       <c r="B193" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C193" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D193" t="s">
         <v>17</v>
       </c>
       <c r="G193" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="O193">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="194" spans="1:26">
       <c r="A194" s="1">
-        <v>3274</v>
+        <v>3627</v>
       </c>
       <c r="B194" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C194" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D194" t="s">
         <v>17</v>
       </c>
       <c r="G194" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="O194">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="195" spans="1:26">
       <c r="A195" s="1">
-        <v>3126</v>
+        <v>3275</v>
       </c>
       <c r="B195" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C195" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D195" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G195" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="O195">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="196" spans="1:26">
       <c r="A196" s="1">
-        <v>3624</v>
+        <v>3625</v>
       </c>
       <c r="B196" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C196" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D196" t="s">
         <v>17</v>
       </c>
       <c r="G196" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="O196">
         <v>2020</v>
       </c>
     </row>
     <row r="197" spans="1:26">
       <c r="A197" s="1">
-        <v>3273</v>
+        <v>3274</v>
       </c>
       <c r="B197" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C197" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D197" t="s">
         <v>17</v>
       </c>
       <c r="G197" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="O197">
         <v>2020</v>
       </c>
     </row>
     <row r="198" spans="1:26">
       <c r="A198" s="1">
-        <v>3623</v>
+        <v>3126</v>
       </c>
       <c r="B198" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C198" t="s">
         <v>16</v>
       </c>
       <c r="D198" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G198" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="O198">
         <v>2020</v>
       </c>
     </row>
     <row r="199" spans="1:26">
       <c r="A199" s="1">
-        <v>3272</v>
+        <v>3624</v>
       </c>
       <c r="B199" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C199" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D199" t="s">
         <v>17</v>
       </c>
       <c r="G199" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="O199">
         <v>2020</v>
       </c>
     </row>
     <row r="200" spans="1:26">
       <c r="A200" s="1">
-        <v>3125</v>
+        <v>3273</v>
       </c>
       <c r="B200" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C200" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D200" t="s">
         <v>17</v>
       </c>
       <c r="G200" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="O200">
         <v>2020</v>
       </c>
     </row>
     <row r="201" spans="1:26">
       <c r="A201" s="1">
-        <v>3622</v>
+        <v>3623</v>
       </c>
       <c r="B201" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C201" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D201" t="s">
         <v>17</v>
       </c>
       <c r="G201" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="O201">
         <v>2020</v>
       </c>
     </row>
     <row r="202" spans="1:26">
       <c r="A202" s="1">
-        <v>3271</v>
+        <v>3272</v>
       </c>
       <c r="B202" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C202" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D202" t="s">
         <v>17</v>
       </c>
       <c r="G202" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="O202">
         <v>2020</v>
       </c>
     </row>
     <row r="203" spans="1:26">
       <c r="A203" s="1">
-        <v>3124</v>
+        <v>3125</v>
       </c>
       <c r="B203" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="C203" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D203" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G203" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="O203">
         <v>2020</v>
       </c>
     </row>
     <row r="204" spans="1:26">
       <c r="A204" s="1">
-        <v>3621</v>
+        <v>3622</v>
       </c>
       <c r="B204" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C204" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D204" t="s">
         <v>17</v>
       </c>
       <c r="G204" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="O204">
         <v>2020</v>
       </c>
     </row>
     <row r="205" spans="1:26">
       <c r="A205" s="1">
-        <v>3270</v>
+        <v>3271</v>
       </c>
       <c r="B205" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="C205" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D205" t="s">
         <v>17</v>
       </c>
       <c r="G205" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="O205">
         <v>2020</v>
       </c>
     </row>
     <row r="206" spans="1:26">
       <c r="A206" s="1">
-        <v>3620</v>
+        <v>3124</v>
       </c>
       <c r="B206" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C206" t="s">
         <v>16</v>
       </c>
       <c r="D206" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G206" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="O206">
         <v>2020</v>
       </c>
     </row>
     <row r="207" spans="1:26">
       <c r="A207" s="1">
-        <v>3269</v>
+        <v>3621</v>
       </c>
       <c r="B207" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C207" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D207" t="s">
         <v>17</v>
       </c>
       <c r="G207" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="O207">
         <v>2020</v>
       </c>
     </row>
     <row r="208" spans="1:26">
       <c r="A208" s="1">
-        <v>3619</v>
+        <v>3270</v>
       </c>
       <c r="B208" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C208" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D208" t="s">
         <v>17</v>
       </c>
       <c r="G208" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="O208">
         <v>2020</v>
       </c>
     </row>
     <row r="209" spans="1:26">
       <c r="A209" s="1">
-        <v>3268</v>
+        <v>3620</v>
       </c>
       <c r="B209" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C209" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D209" t="s">
         <v>17</v>
       </c>
       <c r="G209" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="O209">
         <v>2020</v>
       </c>
     </row>
     <row r="210" spans="1:26">
       <c r="A210" s="1">
-        <v>3123</v>
+        <v>3269</v>
       </c>
       <c r="B210" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C210" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D210" t="s">
         <v>17</v>
       </c>
       <c r="G210" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="O210">
         <v>2020</v>
       </c>
     </row>
     <row r="211" spans="1:26">
       <c r="A211" s="1">
-        <v>3618</v>
+        <v>3619</v>
       </c>
       <c r="B211" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C211" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D211" t="s">
         <v>17</v>
       </c>
       <c r="G211" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="O211">
         <v>2020</v>
       </c>
     </row>
     <row r="212" spans="1:26">
       <c r="A212" s="1">
-        <v>3267</v>
+        <v>3268</v>
       </c>
       <c r="B212" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C212" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D212" t="s">
         <v>17</v>
       </c>
       <c r="G212" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="O212">
         <v>2020</v>
       </c>
     </row>
     <row r="213" spans="1:26">
       <c r="A213" s="1">
-        <v>3617</v>
+        <v>3123</v>
       </c>
       <c r="B213" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C213" t="s">
         <v>16</v>
       </c>
       <c r="D213" t="s">
         <v>17</v>
       </c>
       <c r="G213" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="O213">
         <v>2020</v>
       </c>
     </row>
     <row r="214" spans="1:26">
       <c r="A214" s="1">
-        <v>3266</v>
+        <v>3618</v>
       </c>
       <c r="B214" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="C214" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D214" t="s">
         <v>17</v>
       </c>
       <c r="G214" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="O214">
         <v>2020</v>
       </c>
     </row>
     <row r="215" spans="1:26">
       <c r="A215" s="1">
-        <v>3122</v>
+        <v>3267</v>
       </c>
       <c r="B215" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="C215" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D215" t="s">
         <v>17</v>
       </c>
       <c r="G215" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="O215">
         <v>2020</v>
       </c>
     </row>
     <row r="216" spans="1:26">
       <c r="A216" s="1">
-        <v>3616</v>
+        <v>3617</v>
       </c>
       <c r="B216" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C216" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D216" t="s">
         <v>17</v>
       </c>
       <c r="G216" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="O216">
         <v>2020</v>
       </c>
     </row>
     <row r="217" spans="1:26">
       <c r="A217" s="1">
-        <v>3265</v>
+        <v>3266</v>
       </c>
       <c r="B217" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C217" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D217" t="s">
         <v>17</v>
       </c>
       <c r="G217" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="O217">
         <v>2020</v>
       </c>
     </row>
     <row r="218" spans="1:26">
       <c r="A218" s="1">
-        <v>3615</v>
+        <v>3122</v>
       </c>
       <c r="B218" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C218" t="s">
         <v>16</v>
       </c>
       <c r="D218" t="s">
         <v>17</v>
       </c>
       <c r="G218" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="O218">
         <v>2020</v>
       </c>
     </row>
     <row r="219" spans="1:26">
       <c r="A219" s="1">
-        <v>3264</v>
+        <v>3616</v>
       </c>
       <c r="B219" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C219" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D219" t="s">
         <v>17</v>
       </c>
       <c r="G219" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="O219">
         <v>2020</v>
       </c>
     </row>
     <row r="220" spans="1:26">
       <c r="A220" s="1">
-        <v>3121</v>
+        <v>3265</v>
       </c>
       <c r="B220" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C220" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D220" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G220" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="O220">
         <v>2020</v>
       </c>
     </row>
     <row r="221" spans="1:26">
       <c r="A221" s="1">
-        <v>3120</v>
+        <v>3615</v>
       </c>
       <c r="B221" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="C221" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D221" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G221" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="O221">
         <v>2020</v>
       </c>
     </row>
     <row r="222" spans="1:26">
       <c r="A222" s="1">
-        <v>3119</v>
+        <v>3264</v>
       </c>
       <c r="B222" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C222" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D222" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G222" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="O222">
         <v>2020</v>
       </c>
     </row>
     <row r="223" spans="1:26">
       <c r="A223" s="1">
-        <v>3614</v>
+        <v>3121</v>
       </c>
       <c r="B223" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="C223" t="s">
         <v>16</v>
       </c>
       <c r="D223" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G223" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="O223">
         <v>2020</v>
       </c>
     </row>
     <row r="224" spans="1:26">
       <c r="A224" s="1">
-        <v>3263</v>
+        <v>3120</v>
       </c>
       <c r="B224" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C224" t="s">
         <v>16</v>
       </c>
       <c r="D224" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G224" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="O224">
         <v>2020</v>
       </c>
     </row>
     <row r="225" spans="1:26">
       <c r="A225" s="1">
-        <v>3613</v>
+        <v>3119</v>
       </c>
       <c r="B225" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="C225" t="s">
         <v>16</v>
       </c>
       <c r="D225" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G225" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="O225">
         <v>2020</v>
       </c>
     </row>
     <row r="226" spans="1:26">
       <c r="A226" s="1">
-        <v>3262</v>
+        <v>3614</v>
       </c>
       <c r="B226" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C226" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D226" t="s">
         <v>17</v>
       </c>
       <c r="G226" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="O226">
         <v>2020</v>
       </c>
     </row>
     <row r="227" spans="1:26">
       <c r="A227" s="1">
-        <v>3118</v>
+        <v>3263</v>
       </c>
       <c r="B227" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="C227" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D227" t="s">
         <v>17</v>
       </c>
       <c r="G227" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="O227">
         <v>2020</v>
       </c>
     </row>
     <row r="228" spans="1:26">
       <c r="A228" s="1">
-        <v>3612</v>
+        <v>3613</v>
       </c>
       <c r="B228" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C228" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D228" t="s">
         <v>17</v>
       </c>
       <c r="G228" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="O228">
         <v>2020</v>
       </c>
     </row>
     <row r="229" spans="1:26">
       <c r="A229" s="1">
-        <v>3261</v>
+        <v>3262</v>
       </c>
       <c r="B229" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="C229" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D229" t="s">
         <v>17</v>
       </c>
       <c r="G229" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="O229">
         <v>2020</v>
       </c>
     </row>
     <row r="230" spans="1:26">
       <c r="A230" s="1">
-        <v>3611</v>
+        <v>3118</v>
       </c>
       <c r="B230" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C230" t="s">
         <v>16</v>
       </c>
       <c r="D230" t="s">
         <v>17</v>
       </c>
       <c r="G230" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="O230">
         <v>2020</v>
       </c>
     </row>
     <row r="231" spans="1:26">
       <c r="A231" s="1">
-        <v>3260</v>
+        <v>3612</v>
       </c>
       <c r="B231" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="C231" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D231" t="s">
         <v>17</v>
       </c>
       <c r="G231" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="O231">
         <v>2020</v>
       </c>
     </row>
     <row r="232" spans="1:26">
       <c r="A232" s="1">
-        <v>3610</v>
+        <v>3261</v>
       </c>
       <c r="B232" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="C232" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D232" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G232" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="O232">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="233" spans="1:26">
       <c r="A233" s="1">
-        <v>3259</v>
+        <v>3611</v>
       </c>
       <c r="B233" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="C233" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D233" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G233" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="O233">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="234" spans="1:26">
       <c r="A234" s="1">
-        <v>3117</v>
+        <v>3260</v>
       </c>
       <c r="B234" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C234" t="s">
-        <v>22</v>
+        <v>21</v>
+      </c>
+      <c r="D234" t="s">
+        <v>17</v>
       </c>
       <c r="G234" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="O234">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="235" spans="1:26">
       <c r="A235" s="1">
-        <v>3609</v>
+        <v>3610</v>
       </c>
       <c r="B235" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C235" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D235" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G235" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="O235">
         <v>2019</v>
       </c>
     </row>
     <row r="236" spans="1:26">
       <c r="A236" s="1">
-        <v>3258</v>
+        <v>3259</v>
       </c>
       <c r="B236" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C236" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G236" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="O236">
         <v>2019</v>
       </c>
     </row>
     <row r="237" spans="1:26">
       <c r="A237" s="1">
-        <v>3608</v>
+        <v>3117</v>
       </c>
       <c r="B237" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="C237" t="s">
         <v>16</v>
       </c>
-      <c r="D237" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G237" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="O237">
         <v>2019</v>
       </c>
     </row>
     <row r="238" spans="1:26">
       <c r="A238" s="1">
-        <v>3257</v>
+        <v>3609</v>
       </c>
       <c r="B238" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="C238" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D238" t="s">
         <v>17</v>
       </c>
       <c r="G238" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="O238">
         <v>2019</v>
       </c>
     </row>
     <row r="239" spans="1:26">
       <c r="A239" s="1">
-        <v>3607</v>
+        <v>3258</v>
       </c>
       <c r="B239" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="C239" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D239" t="s">
         <v>17</v>
       </c>
       <c r="G239" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="O239">
         <v>2019</v>
       </c>
     </row>
     <row r="240" spans="1:26">
       <c r="A240" s="1">
-        <v>3256</v>
+        <v>3608</v>
       </c>
       <c r="B240" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="C240" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D240" t="s">
         <v>17</v>
       </c>
       <c r="G240" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="O240">
         <v>2019</v>
       </c>
     </row>
     <row r="241" spans="1:26">
       <c r="A241" s="1">
-        <v>3116</v>
+        <v>3257</v>
       </c>
       <c r="B241" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C241" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D241" t="s">
         <v>17</v>
       </c>
       <c r="G241" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="O241">
         <v>2019</v>
       </c>
     </row>
     <row r="242" spans="1:26">
       <c r="A242" s="1">
-        <v>3255</v>
+        <v>3607</v>
       </c>
       <c r="B242" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C242" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D242" t="s">
         <v>17</v>
       </c>
       <c r="G242" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="O242">
         <v>2019</v>
       </c>
     </row>
     <row r="243" spans="1:26">
       <c r="A243" s="1">
-        <v>3606</v>
+        <v>3256</v>
       </c>
       <c r="B243" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C243" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D243" t="s">
         <v>17</v>
       </c>
       <c r="G243" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="O243">
         <v>2019</v>
       </c>
     </row>
     <row r="244" spans="1:26">
       <c r="A244" s="1">
-        <v>3254</v>
+        <v>3116</v>
       </c>
       <c r="B244" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C244" t="s">
         <v>16</v>
       </c>
       <c r="D244" t="s">
         <v>17</v>
       </c>
       <c r="G244" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="O244">
         <v>2019</v>
       </c>
     </row>
     <row r="245" spans="1:26">
       <c r="A245" s="1">
-        <v>3115</v>
+        <v>3255</v>
       </c>
       <c r="B245" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C245" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D245" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G245" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="O245">
         <v>2019</v>
       </c>
     </row>
     <row r="246" spans="1:26">
       <c r="A246" s="1">
-        <v>3660</v>
+        <v>3606</v>
       </c>
       <c r="B246" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="C246" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D246" t="s">
         <v>17</v>
       </c>
       <c r="G246" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="O246">
         <v>2019</v>
       </c>
     </row>
     <row r="247" spans="1:26">
       <c r="A247" s="1">
-        <v>3605</v>
+        <v>3254</v>
       </c>
       <c r="B247" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C247" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D247" t="s">
         <v>17</v>
       </c>
       <c r="G247" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="O247">
         <v>2019</v>
       </c>
     </row>
     <row r="248" spans="1:26">
       <c r="A248" s="1">
-        <v>3253</v>
+        <v>3115</v>
       </c>
       <c r="B248" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="C248" t="s">
         <v>16</v>
       </c>
       <c r="D248" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G248" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="O248">
         <v>2019</v>
       </c>
     </row>
     <row r="249" spans="1:26">
       <c r="A249" s="1">
-        <v>3114</v>
+        <v>3660</v>
       </c>
       <c r="B249" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="C249" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D249" t="s">
         <v>17</v>
       </c>
       <c r="G249" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="O249">
         <v>2019</v>
       </c>
     </row>
     <row r="250" spans="1:26">
       <c r="A250" s="1">
-        <v>3661</v>
+        <v>3605</v>
       </c>
       <c r="B250" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="C250" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D250" t="s">
         <v>17</v>
       </c>
       <c r="G250" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="O250">
         <v>2019</v>
       </c>
     </row>
     <row r="251" spans="1:26">
       <c r="A251" s="1">
-        <v>3252</v>
+        <v>3253</v>
       </c>
       <c r="B251" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="C251" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D251" t="s">
         <v>17</v>
       </c>
       <c r="G251" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="O251">
         <v>2019</v>
       </c>
     </row>
     <row r="252" spans="1:26">
       <c r="A252" s="1">
-        <v>3251</v>
+        <v>3114</v>
       </c>
       <c r="B252" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="C252" t="s">
         <v>16</v>
       </c>
       <c r="D252" t="s">
         <v>17</v>
       </c>
       <c r="G252" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="O252">
         <v>2019</v>
       </c>
     </row>
     <row r="253" spans="1:26">
       <c r="A253" s="1">
-        <v>3250</v>
+        <v>3661</v>
       </c>
       <c r="B253" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C253" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D253" t="s">
         <v>17</v>
       </c>
       <c r="G253" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="O253">
         <v>2019</v>
       </c>
     </row>
     <row r="254" spans="1:26">
       <c r="A254" s="1">
-        <v>3249</v>
+        <v>3252</v>
       </c>
       <c r="B254" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="C254" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D254" t="s">
         <v>17</v>
       </c>
       <c r="G254" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="O254">
         <v>2019</v>
       </c>
     </row>
     <row r="255" spans="1:26">
       <c r="A255" s="1">
-        <v>3113</v>
+        <v>3251</v>
       </c>
       <c r="B255" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C255" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D255" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G255" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="O255">
         <v>2019</v>
       </c>
     </row>
     <row r="256" spans="1:26">
       <c r="A256" s="1">
-        <v>3248</v>
+        <v>3250</v>
       </c>
       <c r="B256" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C256" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D256" t="s">
         <v>17</v>
       </c>
       <c r="G256" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="O256">
         <v>2019</v>
       </c>
     </row>
     <row r="257" spans="1:26">
       <c r="A257" s="1">
-        <v>3659</v>
+        <v>3249</v>
       </c>
       <c r="B257" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="C257" t="s">
-        <v>16</v>
+        <v>21</v>
+      </c>
+      <c r="D257" t="s">
+        <v>17</v>
       </c>
       <c r="G257" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="O257">
         <v>2019</v>
       </c>
     </row>
     <row r="258" spans="1:26">
       <c r="A258" s="1">
-        <v>3112</v>
+        <v>3113</v>
       </c>
       <c r="B258" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="C258" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D258" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G258" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="O258">
         <v>2019</v>
       </c>
     </row>
     <row r="259" spans="1:26">
       <c r="A259" s="1">
-        <v>3111</v>
+        <v>3248</v>
       </c>
       <c r="B259" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C259" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D259" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G259" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="O259">
         <v>2019</v>
       </c>
     </row>
     <row r="260" spans="1:26">
       <c r="A260" s="1">
-        <v>3110</v>
+        <v>3659</v>
       </c>
       <c r="B260" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C260" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>21</v>
       </c>
       <c r="G260" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="O260">
         <v>2019</v>
       </c>
     </row>
     <row r="261" spans="1:26">
       <c r="A261" s="1">
-        <v>3109</v>
+        <v>3112</v>
       </c>
       <c r="B261" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C261" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D261" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G261" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="O261">
         <v>2019</v>
       </c>
     </row>
     <row r="262" spans="1:26">
       <c r="A262" s="1">
-        <v>3592</v>
+        <v>3111</v>
       </c>
       <c r="B262" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C262" t="s">
         <v>16</v>
       </c>
       <c r="D262" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G262" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="O262">
         <v>2019</v>
       </c>
     </row>
     <row r="263" spans="1:26">
       <c r="A263" s="1">
-        <v>3246</v>
+        <v>3110</v>
       </c>
       <c r="B263" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="C263" t="s">
         <v>16</v>
       </c>
       <c r="D263" t="s">
-        <v>44</v>
+        <v>246</v>
       </c>
       <c r="G263" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="O263">
         <v>2019</v>
       </c>
     </row>
     <row r="264" spans="1:26">
       <c r="A264" s="1">
-        <v>3247</v>
+        <v>3109</v>
       </c>
       <c r="B264" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C264" t="s">
         <v>16</v>
       </c>
       <c r="D264" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G264" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="O264">
         <v>2019</v>
       </c>
     </row>
     <row r="265" spans="1:26">
       <c r="A265" s="1">
-        <v>3590</v>
+        <v>3592</v>
       </c>
       <c r="B265" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C265" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D265" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G265" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="O265">
         <v>2019</v>
       </c>
     </row>
     <row r="266" spans="1:26">
       <c r="A266" s="1">
-        <v>3245</v>
+        <v>3246</v>
       </c>
       <c r="B266" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="C266" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D266" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G266" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="O266">
         <v>2019</v>
       </c>
     </row>
     <row r="267" spans="1:26">
       <c r="A267" s="1">
-        <v>3589</v>
+        <v>3247</v>
       </c>
       <c r="B267" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C267" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D267" t="s">
         <v>17</v>
       </c>
       <c r="G267" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="O267">
         <v>2019</v>
       </c>
     </row>
     <row r="268" spans="1:26">
       <c r="A268" s="1">
-        <v>3244</v>
+        <v>3590</v>
       </c>
       <c r="B268" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="C268" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D268" t="s">
         <v>17</v>
       </c>
       <c r="G268" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="O268">
         <v>2019</v>
       </c>
     </row>
     <row r="269" spans="1:26">
       <c r="A269" s="1">
-        <v>3586</v>
+        <v>3245</v>
       </c>
       <c r="B269" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C269" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D269" t="s">
         <v>17</v>
       </c>
       <c r="G269" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="O269">
         <v>2019</v>
       </c>
     </row>
     <row r="270" spans="1:26">
       <c r="A270" s="1">
-        <v>3243</v>
+        <v>3589</v>
       </c>
       <c r="B270" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C270" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D270" t="s">
         <v>17</v>
       </c>
       <c r="G270" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="O270">
         <v>2019</v>
       </c>
     </row>
     <row r="271" spans="1:26">
       <c r="A271" s="1">
-        <v>3584</v>
+        <v>3244</v>
       </c>
       <c r="B271" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="C271" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D271" t="s">
         <v>17</v>
       </c>
       <c r="G271" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="O271">
         <v>2019</v>
       </c>
     </row>
     <row r="272" spans="1:26">
       <c r="A272" s="1">
-        <v>3242</v>
+        <v>3586</v>
       </c>
       <c r="B272" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="C272" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D272" t="s">
         <v>17</v>
       </c>
       <c r="G272" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="O272">
         <v>2019</v>
       </c>
     </row>
     <row r="273" spans="1:26">
       <c r="A273" s="1">
-        <v>3241</v>
+        <v>3243</v>
       </c>
       <c r="B273" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C273" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D273" t="s">
         <v>17</v>
       </c>
       <c r="G273" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="O273">
         <v>2019</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" s="1">
-        <v>3582</v>
+        <v>3584</v>
       </c>
       <c r="B274" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C274" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D274" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G274" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="O274">
         <v>2019</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" s="1">
-        <v>3108</v>
+        <v>3242</v>
       </c>
       <c r="B275" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C275" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D275" t="s">
-        <v>572</v>
+        <v>17</v>
       </c>
       <c r="G275" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="O275">
         <v>2019</v>
       </c>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" s="1">
-        <v>3107</v>
+        <v>3241</v>
       </c>
       <c r="B276" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C276" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D276" t="s">
         <v>17</v>
       </c>
       <c r="G276" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="O276">
         <v>2019</v>
       </c>
     </row>
     <row r="277" spans="1:26">
       <c r="A277" s="1">
-        <v>3702</v>
+        <v>3582</v>
       </c>
       <c r="B277" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C277" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D277" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G277" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="O277">
         <v>2019</v>
       </c>
     </row>
     <row r="278" spans="1:26">
       <c r="A278" s="1">
-        <v>3240</v>
+        <v>3108</v>
       </c>
       <c r="B278" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="C278" t="s">
         <v>16</v>
       </c>
       <c r="D278" t="s">
-        <v>17</v>
+        <v>581</v>
       </c>
       <c r="G278" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="O278">
         <v>2019</v>
       </c>
     </row>
     <row r="279" spans="1:26">
       <c r="A279" s="1">
-        <v>3581</v>
+        <v>3107</v>
       </c>
       <c r="B279" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="C279" t="s">
         <v>16</v>
       </c>
       <c r="D279" t="s">
         <v>17</v>
       </c>
       <c r="G279" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="O279">
         <v>2019</v>
       </c>
     </row>
     <row r="280" spans="1:26">
       <c r="A280" s="1">
-        <v>3239</v>
+        <v>3702</v>
       </c>
       <c r="B280" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="C280" t="s">
         <v>16</v>
       </c>
       <c r="D280" t="s">
         <v>17</v>
       </c>
       <c r="G280" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="O280">
         <v>2019</v>
       </c>
     </row>
     <row r="281" spans="1:26">
       <c r="A281" s="1">
-        <v>3578</v>
+        <v>3240</v>
       </c>
       <c r="B281" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="C281" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D281" t="s">
         <v>17</v>
       </c>
       <c r="G281" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="O281">
         <v>2019</v>
       </c>
     </row>
     <row r="282" spans="1:26">
       <c r="A282" s="1">
-        <v>3238</v>
+        <v>3581</v>
       </c>
       <c r="B282" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="C282" t="s">
-        <v>16</v>
+        <v>21</v>
+      </c>
+      <c r="D282" t="s">
+        <v>17</v>
       </c>
       <c r="G282" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="O282">
         <v>2019</v>
       </c>
     </row>
     <row r="283" spans="1:26">
       <c r="A283" s="1">
-        <v>3576</v>
+        <v>3239</v>
       </c>
       <c r="B283" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="C283" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D283" t="s">
         <v>17</v>
       </c>
       <c r="G283" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="O283">
         <v>2019</v>
       </c>
     </row>
     <row r="284" spans="1:26">
       <c r="A284" s="1">
-        <v>3106</v>
+        <v>3578</v>
       </c>
       <c r="B284" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C284" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D284" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G284" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="O284">
         <v>2019</v>
       </c>
     </row>
     <row r="285" spans="1:26">
       <c r="A285" s="1">
-        <v>3695</v>
+        <v>3238</v>
       </c>
       <c r="B285" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C285" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="G285" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="O285">
         <v>2019</v>
       </c>
     </row>
     <row r="286" spans="1:26">
       <c r="A286" s="1">
-        <v>3105</v>
+        <v>3576</v>
       </c>
       <c r="B286" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="C286" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D286" t="s">
         <v>17</v>
       </c>
       <c r="G286" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="O286">
         <v>2019</v>
       </c>
     </row>
     <row r="287" spans="1:26">
       <c r="A287" s="1">
-        <v>3688</v>
+        <v>3106</v>
       </c>
       <c r="B287" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="C287" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D287" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G287" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="O287">
         <v>2019</v>
       </c>
     </row>
     <row r="288" spans="1:26">
       <c r="A288" s="1">
-        <v>3237</v>
+        <v>3695</v>
       </c>
       <c r="B288" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="C288" t="s">
         <v>16</v>
       </c>
       <c r="D288" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G288" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="O288">
         <v>2019</v>
       </c>
     </row>
     <row r="289" spans="1:26">
       <c r="A289" s="1">
-        <v>3575</v>
+        <v>3105</v>
       </c>
       <c r="B289" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="C289" t="s">
         <v>16</v>
       </c>
       <c r="D289" t="s">
         <v>17</v>
       </c>
       <c r="G289" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="O289">
         <v>2019</v>
       </c>
     </row>
     <row r="290" spans="1:26">
       <c r="A290" s="1">
-        <v>3236</v>
+        <v>3688</v>
       </c>
       <c r="B290" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="C290" t="s">
         <v>16</v>
       </c>
       <c r="D290" t="s">
         <v>17</v>
       </c>
       <c r="G290" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="O290">
         <v>2019</v>
       </c>
     </row>
     <row r="291" spans="1:26">
       <c r="A291" s="1">
-        <v>3573</v>
+        <v>3237</v>
       </c>
       <c r="B291" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C291" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D291" t="s">
         <v>17</v>
       </c>
       <c r="G291" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="O291">
         <v>2019</v>
       </c>
     </row>
     <row r="292" spans="1:26">
       <c r="A292" s="1">
-        <v>3235</v>
+        <v>3575</v>
       </c>
       <c r="B292" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C292" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D292" t="s">
         <v>17</v>
       </c>
       <c r="G292" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="O292">
         <v>2019</v>
       </c>
     </row>
     <row r="293" spans="1:26">
       <c r="A293" s="1">
-        <v>3571</v>
+        <v>3236</v>
       </c>
       <c r="B293" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="C293" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D293" t="s">
         <v>17</v>
       </c>
       <c r="G293" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="O293">
         <v>2019</v>
       </c>
     </row>
     <row r="294" spans="1:26">
       <c r="A294" s="1">
-        <v>3234</v>
+        <v>3573</v>
       </c>
       <c r="B294" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="C294" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D294" t="s">
         <v>17</v>
       </c>
       <c r="G294" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="O294">
         <v>2019</v>
       </c>
     </row>
     <row r="295" spans="1:26">
       <c r="A295" s="1">
-        <v>3569</v>
+        <v>3235</v>
       </c>
       <c r="B295" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="C295" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D295" t="s">
         <v>17</v>
       </c>
       <c r="G295" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="O295">
         <v>2019</v>
       </c>
     </row>
     <row r="296" spans="1:26">
       <c r="A296" s="1">
-        <v>3104</v>
+        <v>3571</v>
       </c>
       <c r="B296" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C296" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D296" t="s">
         <v>17</v>
       </c>
       <c r="G296" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="O296">
         <v>2019</v>
       </c>
     </row>
     <row r="297" spans="1:26">
       <c r="A297" s="1">
-        <v>3680</v>
+        <v>3234</v>
       </c>
       <c r="B297" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="C297" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D297" t="s">
         <v>17</v>
       </c>
       <c r="G297" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="O297">
         <v>2019</v>
       </c>
     </row>
     <row r="298" spans="1:26">
       <c r="A298" s="1">
-        <v>3233</v>
+        <v>3569</v>
       </c>
       <c r="B298" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="C298" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D298" t="s">
         <v>17</v>
       </c>
       <c r="G298" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="O298">
         <v>2019</v>
       </c>
     </row>
     <row r="299" spans="1:26">
       <c r="A299" s="1">
-        <v>3567</v>
+        <v>3104</v>
       </c>
       <c r="B299" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="C299" t="s">
         <v>16</v>
       </c>
       <c r="D299" t="s">
         <v>17</v>
       </c>
       <c r="G299" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="O299">
         <v>2019</v>
       </c>
     </row>
     <row r="300" spans="1:26">
       <c r="A300" s="1">
-        <v>3232</v>
+        <v>3680</v>
       </c>
       <c r="B300" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="C300" t="s">
         <v>16</v>
       </c>
       <c r="D300" t="s">
         <v>17</v>
       </c>
       <c r="G300" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="O300">
         <v>2019</v>
       </c>
     </row>
     <row r="301" spans="1:26">
       <c r="A301" s="1">
-        <v>3565</v>
+        <v>3233</v>
       </c>
       <c r="B301" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="C301" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D301" t="s">
         <v>17</v>
       </c>
       <c r="G301" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="O301">
         <v>2019</v>
       </c>
     </row>
     <row r="302" spans="1:26">
       <c r="A302" s="1">
-        <v>3231</v>
+        <v>3567</v>
       </c>
       <c r="B302" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="C302" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D302" t="s">
         <v>17</v>
       </c>
       <c r="G302" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="O302">
         <v>2019</v>
       </c>
     </row>
     <row r="303" spans="1:26">
       <c r="A303" s="1">
-        <v>3564</v>
+        <v>3232</v>
       </c>
       <c r="B303" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="C303" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D303" t="s">
         <v>17</v>
       </c>
       <c r="G303" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="O303">
         <v>2019</v>
       </c>
     </row>
     <row r="304" spans="1:26">
       <c r="A304" s="1">
-        <v>3230</v>
+        <v>3565</v>
       </c>
       <c r="B304" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="C304" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D304" t="s">
         <v>17</v>
       </c>
       <c r="G304" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="O304">
         <v>2019</v>
       </c>
     </row>
     <row r="305" spans="1:26">
       <c r="A305" s="1">
-        <v>3562</v>
+        <v>3231</v>
       </c>
       <c r="B305" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="C305" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D305" t="s">
         <v>17</v>
       </c>
       <c r="G305" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="O305">
         <v>2019</v>
       </c>
     </row>
     <row r="306" spans="1:26">
       <c r="A306" s="1">
-        <v>3103</v>
+        <v>3564</v>
       </c>
       <c r="B306" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="C306" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D306" t="s">
         <v>17</v>
       </c>
       <c r="G306" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="O306">
         <v>2019</v>
       </c>
     </row>
     <row r="307" spans="1:26">
       <c r="A307" s="1">
-        <v>3671</v>
+        <v>3230</v>
       </c>
       <c r="B307" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="C307" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D307" t="s">
         <v>17</v>
       </c>
       <c r="G307" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="O307">
         <v>2019</v>
       </c>
     </row>
     <row r="308" spans="1:26">
       <c r="A308" s="1">
-        <v>3229</v>
+        <v>3562</v>
       </c>
       <c r="B308" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="C308" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D308" t="s">
         <v>17</v>
       </c>
       <c r="G308" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="O308">
         <v>2019</v>
       </c>
     </row>
     <row r="309" spans="1:26">
       <c r="A309" s="1">
-        <v>3561</v>
+        <v>3103</v>
       </c>
       <c r="B309" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="C309" t="s">
         <v>16</v>
       </c>
       <c r="D309" t="s">
         <v>17</v>
       </c>
       <c r="G309" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="O309">
         <v>2019</v>
       </c>
     </row>
     <row r="310" spans="1:26">
       <c r="A310" s="1">
-        <v>3228</v>
+        <v>3671</v>
       </c>
       <c r="B310" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="C310" t="s">
         <v>16</v>
       </c>
       <c r="D310" t="s">
         <v>17</v>
       </c>
       <c r="G310" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="O310">
         <v>2019</v>
       </c>
     </row>
     <row r="311" spans="1:26">
       <c r="A311" s="1">
-        <v>3559</v>
+        <v>3229</v>
       </c>
       <c r="B311" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="C311" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D311" t="s">
         <v>17</v>
       </c>
       <c r="G311" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="O311">
         <v>2019</v>
       </c>
     </row>
     <row r="312" spans="1:26">
       <c r="A312" s="1">
-        <v>3227</v>
+        <v>3561</v>
       </c>
       <c r="B312" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="C312" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D312" t="s">
         <v>17</v>
       </c>
       <c r="G312" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="O312">
         <v>2019</v>
       </c>
     </row>
     <row r="313" spans="1:26">
       <c r="A313" s="1">
-        <v>3557</v>
+        <v>3228</v>
       </c>
       <c r="B313" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="C313" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D313" t="s">
         <v>17</v>
       </c>
       <c r="G313" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="O313">
         <v>2019</v>
       </c>
     </row>
     <row r="314" spans="1:26">
       <c r="A314" s="1">
-        <v>3226</v>
+        <v>3559</v>
       </c>
       <c r="B314" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C314" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D314" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G314" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="O314">
         <v>2019</v>
       </c>
     </row>
     <row r="315" spans="1:26">
       <c r="A315" s="1">
-        <v>3555</v>
+        <v>3227</v>
       </c>
       <c r="B315" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C315" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D315" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G315" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="O315">
         <v>2019</v>
       </c>
     </row>
     <row r="316" spans="1:26">
       <c r="A316" s="1">
-        <v>3102</v>
+        <v>3557</v>
       </c>
       <c r="B316" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="C316" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D316" t="s">
         <v>17</v>
       </c>
       <c r="G316" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="O316">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="317" spans="1:26">
       <c r="A317" s="1">
-        <v>3594</v>
+        <v>3226</v>
       </c>
       <c r="B317" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C317" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D317" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G317" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="O317">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="318" spans="1:26">
       <c r="A318" s="1">
-        <v>3225</v>
+        <v>3555</v>
       </c>
       <c r="B318" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C318" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D318" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G318" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="O318">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="319" spans="1:26">
       <c r="A319" s="1">
-        <v>3101</v>
+        <v>3102</v>
       </c>
       <c r="B319" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="C319" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D319" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G319" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="O319">
         <v>2018</v>
       </c>
     </row>
     <row r="320" spans="1:26">
       <c r="A320" s="1">
-        <v>3593</v>
+        <v>3594</v>
       </c>
       <c r="B320" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C320" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D320" t="s">
         <v>17</v>
       </c>
       <c r="G320" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="O320">
         <v>2018</v>
       </c>
     </row>
     <row r="321" spans="1:26">
       <c r="A321" s="1">
-        <v>3224</v>
+        <v>3225</v>
       </c>
       <c r="B321" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C321" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D321" t="s">
         <v>17</v>
       </c>
       <c r="G321" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="O321">
         <v>2018</v>
       </c>
     </row>
     <row r="322" spans="1:26">
       <c r="A322" s="1">
-        <v>3591</v>
+        <v>3101</v>
       </c>
       <c r="B322" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="C322" t="s">
         <v>16</v>
       </c>
       <c r="D322" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G322" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="O322">
         <v>2018</v>
       </c>
     </row>
     <row r="323" spans="1:26">
       <c r="A323" s="1">
-        <v>3223</v>
+        <v>3593</v>
       </c>
       <c r="B323" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C323" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D323" t="s">
         <v>17</v>
       </c>
       <c r="G323" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="O323">
         <v>2018</v>
       </c>
     </row>
     <row r="324" spans="1:26">
       <c r="A324" s="1">
-        <v>3100</v>
+        <v>3224</v>
       </c>
       <c r="B324" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="C324" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D324" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G324" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="O324">
         <v>2018</v>
       </c>
     </row>
     <row r="325" spans="1:26">
       <c r="A325" s="1">
-        <v>3588</v>
+        <v>3591</v>
       </c>
       <c r="B325" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="C325" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D325" t="s">
         <v>17</v>
       </c>
       <c r="G325" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="O325">
         <v>2018</v>
       </c>
     </row>
     <row r="326" spans="1:26">
       <c r="A326" s="1">
-        <v>3222</v>
+        <v>3223</v>
       </c>
       <c r="B326" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="C326" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D326" t="s">
         <v>17</v>
       </c>
       <c r="G326" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="O326">
         <v>2018</v>
       </c>
     </row>
     <row r="327" spans="1:26">
       <c r="A327" s="1">
-        <v>3099</v>
+        <v>3100</v>
       </c>
       <c r="B327" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C327" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D327" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G327" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="O327">
         <v>2018</v>
       </c>
     </row>
     <row r="328" spans="1:26">
       <c r="A328" s="1">
-        <v>3587</v>
+        <v>3588</v>
       </c>
       <c r="B328" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C328" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D328" t="s">
         <v>17</v>
       </c>
       <c r="G328" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="O328">
         <v>2018</v>
       </c>
     </row>
     <row r="329" spans="1:26">
       <c r="A329" s="1">
-        <v>3221</v>
+        <v>3222</v>
       </c>
       <c r="B329" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="C329" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D329" t="s">
         <v>17</v>
       </c>
       <c r="G329" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="O329">
         <v>2018</v>
       </c>
     </row>
     <row r="330" spans="1:26">
       <c r="A330" s="1">
-        <v>3585</v>
+        <v>3099</v>
       </c>
       <c r="B330" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="C330" t="s">
         <v>16</v>
       </c>
       <c r="D330" t="s">
         <v>17</v>
       </c>
       <c r="G330" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="O330">
         <v>2018</v>
       </c>
     </row>
     <row r="331" spans="1:26">
       <c r="A331" s="1">
-        <v>3220</v>
+        <v>3587</v>
       </c>
       <c r="B331" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C331" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D331" t="s">
         <v>17</v>
       </c>
       <c r="G331" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="O331">
         <v>2018</v>
       </c>
     </row>
     <row r="332" spans="1:26">
       <c r="A332" s="1">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="B332" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C332" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D332" t="s">
         <v>17</v>
       </c>
       <c r="G332" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="O332">
         <v>2018</v>
       </c>
     </row>
     <row r="333" spans="1:26">
       <c r="A333" s="1">
-        <v>3583</v>
+        <v>3585</v>
       </c>
       <c r="B333" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="C333" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D333" t="s">
         <v>17</v>
       </c>
       <c r="G333" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="O333">
         <v>2018</v>
       </c>
     </row>
     <row r="334" spans="1:26">
       <c r="A334" s="1">
-        <v>3218</v>
+        <v>3220</v>
       </c>
       <c r="B334" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="C334" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D334" t="s">
         <v>17</v>
       </c>
       <c r="G334" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="O334">
         <v>2018</v>
       </c>
     </row>
     <row r="335" spans="1:26">
       <c r="A335" s="1">
-        <v>3580</v>
+        <v>3219</v>
       </c>
       <c r="B335" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="C335" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D335" t="s">
         <v>17</v>
       </c>
       <c r="G335" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="O335">
         <v>2018</v>
       </c>
     </row>
     <row r="336" spans="1:26">
       <c r="A336" s="1">
-        <v>3217</v>
+        <v>3583</v>
       </c>
       <c r="B336" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="C336" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D336" t="s">
         <v>17</v>
       </c>
       <c r="G336" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="O336">
         <v>2018</v>
       </c>
     </row>
     <row r="337" spans="1:26">
       <c r="A337" s="1">
-        <v>3579</v>
+        <v>3218</v>
       </c>
       <c r="B337" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="C337" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D337" t="s">
         <v>17</v>
       </c>
       <c r="G337" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="O337">
         <v>2018</v>
       </c>
     </row>
     <row r="338" spans="1:26">
       <c r="A338" s="1">
-        <v>3098</v>
+        <v>3580</v>
       </c>
       <c r="B338" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="C338" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D338" t="s">
         <v>17</v>
       </c>
       <c r="G338" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="O338">
         <v>2018</v>
       </c>
     </row>
     <row r="339" spans="1:26">
       <c r="A339" s="1">
-        <v>3216</v>
+        <v>3217</v>
       </c>
       <c r="B339" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="C339" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D339" t="s">
         <v>17</v>
       </c>
       <c r="G339" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="O339">
         <v>2018</v>
       </c>
     </row>
     <row r="340" spans="1:26">
       <c r="A340" s="1">
-        <v>3577</v>
+        <v>3579</v>
       </c>
       <c r="B340" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="C340" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D340" t="s">
         <v>17</v>
       </c>
       <c r="G340" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="O340">
         <v>2018</v>
       </c>
     </row>
     <row r="341" spans="1:26">
       <c r="A341" s="1">
-        <v>3215</v>
+        <v>3098</v>
       </c>
       <c r="B341" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="C341" t="s">
         <v>16</v>
       </c>
       <c r="D341" t="s">
         <v>17</v>
       </c>
       <c r="G341" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="O341">
         <v>2018</v>
       </c>
     </row>
     <row r="342" spans="1:26">
       <c r="A342" s="1">
-        <v>3574</v>
+        <v>3216</v>
       </c>
       <c r="B342" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="C342" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D342" t="s">
         <v>17</v>
       </c>
       <c r="G342" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="O342">
         <v>2018</v>
       </c>
     </row>
     <row r="343" spans="1:26">
       <c r="A343" s="1">
-        <v>3214</v>
+        <v>3577</v>
       </c>
       <c r="B343" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C343" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D343" t="s">
         <v>17</v>
       </c>
       <c r="G343" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="O343">
         <v>2018</v>
       </c>
     </row>
     <row r="344" spans="1:26">
       <c r="A344" s="1">
-        <v>3572</v>
+        <v>3215</v>
       </c>
       <c r="B344" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="C344" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D344" t="s">
         <v>17</v>
       </c>
       <c r="G344" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="O344">
         <v>2018</v>
       </c>
     </row>
     <row r="345" spans="1:26">
       <c r="A345" s="1">
-        <v>3213</v>
+        <v>3574</v>
       </c>
       <c r="B345" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C345" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D345" t="s">
         <v>17</v>
       </c>
       <c r="G345" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="O345">
         <v>2018</v>
       </c>
     </row>
     <row r="346" spans="1:26">
       <c r="A346" s="1">
-        <v>3570</v>
+        <v>3214</v>
       </c>
       <c r="B346" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="C346" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D346" t="s">
         <v>17</v>
       </c>
       <c r="G346" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="O346">
         <v>2018</v>
       </c>
     </row>
     <row r="347" spans="1:26">
       <c r="A347" s="1">
-        <v>3097</v>
+        <v>3572</v>
       </c>
       <c r="B347" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C347" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D347" t="s">
         <v>17</v>
       </c>
       <c r="G347" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="O347">
         <v>2018</v>
       </c>
     </row>
     <row r="348" spans="1:26">
       <c r="A348" s="1">
-        <v>3212</v>
+        <v>3213</v>
       </c>
       <c r="B348" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C348" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D348" t="s">
         <v>17</v>
       </c>
       <c r="G348" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="O348">
         <v>2018</v>
       </c>
     </row>
     <row r="349" spans="1:26">
       <c r="A349" s="1">
-        <v>3568</v>
+        <v>3570</v>
       </c>
       <c r="B349" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="C349" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D349" t="s">
         <v>17</v>
       </c>
       <c r="G349" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="O349">
         <v>2018</v>
       </c>
     </row>
     <row r="350" spans="1:26">
       <c r="A350" s="1">
-        <v>3211</v>
+        <v>3097</v>
       </c>
       <c r="B350" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="C350" t="s">
         <v>16</v>
       </c>
       <c r="D350" t="s">
         <v>17</v>
       </c>
       <c r="G350" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="O350">
         <v>2018</v>
       </c>
     </row>
     <row r="351" spans="1:26">
       <c r="A351" s="1">
-        <v>3566</v>
+        <v>3212</v>
       </c>
       <c r="B351" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="C351" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D351" t="s">
         <v>17</v>
       </c>
       <c r="G351" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="O351">
         <v>2018</v>
       </c>
     </row>
     <row r="352" spans="1:26">
       <c r="A352" s="1">
-        <v>3210</v>
+        <v>3568</v>
       </c>
       <c r="B352" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="C352" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D352" t="s">
         <v>17</v>
       </c>
       <c r="G352" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="O352">
         <v>2018</v>
       </c>
     </row>
     <row r="353" spans="1:26">
       <c r="A353" s="1">
-        <v>3563</v>
+        <v>3211</v>
       </c>
       <c r="B353" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="C353" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D353" t="s">
         <v>17</v>
       </c>
       <c r="G353" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="O353">
         <v>2018</v>
       </c>
     </row>
     <row r="354" spans="1:26">
       <c r="A354" s="1">
-        <v>3209</v>
+        <v>3566</v>
       </c>
       <c r="B354" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C354" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D354" t="s">
         <v>17</v>
       </c>
       <c r="G354" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="O354">
         <v>2018</v>
       </c>
     </row>
     <row r="355" spans="1:26">
       <c r="A355" s="1">
-        <v>3560</v>
+        <v>3210</v>
       </c>
       <c r="B355" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="C355" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D355" t="s">
         <v>17</v>
       </c>
       <c r="G355" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="O355">
         <v>2018</v>
       </c>
     </row>
     <row r="356" spans="1:26">
       <c r="A356" s="1">
-        <v>3208</v>
+        <v>3563</v>
       </c>
       <c r="B356" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C356" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D356" t="s">
         <v>17</v>
       </c>
       <c r="G356" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="O356">
         <v>2018</v>
       </c>
     </row>
     <row r="357" spans="1:26">
       <c r="A357" s="1">
-        <v>3558</v>
+        <v>3209</v>
       </c>
       <c r="B357" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="C357" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D357" t="s">
         <v>17</v>
       </c>
       <c r="G357" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="O357">
         <v>2018</v>
       </c>
     </row>
     <row r="358" spans="1:26">
       <c r="A358" s="1">
-        <v>3207</v>
+        <v>3560</v>
       </c>
       <c r="B358" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C358" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D358" t="s">
         <v>17</v>
       </c>
       <c r="G358" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="O358">
         <v>2018</v>
       </c>
     </row>
     <row r="359" spans="1:26">
       <c r="A359" s="1">
-        <v>3556</v>
+        <v>3208</v>
       </c>
       <c r="B359" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="C359" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D359" t="s">
         <v>17</v>
       </c>
       <c r="G359" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="O359">
         <v>2018</v>
       </c>
     </row>
     <row r="360" spans="1:26">
       <c r="A360" s="1">
-        <v>3206</v>
+        <v>3558</v>
       </c>
       <c r="B360" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C360" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D360" t="s">
         <v>17</v>
       </c>
       <c r="G360" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="O360">
         <v>2018</v>
       </c>
     </row>
     <row r="361" spans="1:26">
       <c r="A361" s="1">
-        <v>3554</v>
+        <v>3207</v>
       </c>
       <c r="B361" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="C361" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D361" t="s">
         <v>17</v>
       </c>
       <c r="G361" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="O361">
         <v>2018</v>
       </c>
     </row>
     <row r="362" spans="1:26">
       <c r="A362" s="1">
-        <v>3096</v>
+        <v>3556</v>
       </c>
       <c r="B362" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C362" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D362" t="s">
         <v>17</v>
       </c>
       <c r="G362" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="O362">
         <v>2018</v>
       </c>
     </row>
     <row r="363" spans="1:26">
       <c r="A363" s="1">
-        <v>3604</v>
+        <v>3206</v>
       </c>
       <c r="B363" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="C363" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D363" t="s">
         <v>17</v>
       </c>
       <c r="G363" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="O363">
         <v>2018</v>
       </c>
     </row>
     <row r="364" spans="1:26">
       <c r="A364" s="1">
-        <v>3205</v>
+        <v>3554</v>
       </c>
       <c r="B364" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="C364" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D364" t="s">
         <v>17</v>
       </c>
       <c r="G364" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="O364">
         <v>2018</v>
       </c>
     </row>
     <row r="365" spans="1:26">
       <c r="A365" s="1">
-        <v>3603</v>
+        <v>3096</v>
       </c>
       <c r="B365" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="C365" t="s">
         <v>16</v>
       </c>
       <c r="D365" t="s">
         <v>17</v>
       </c>
       <c r="G365" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="O365">
         <v>2018</v>
       </c>
     </row>
     <row r="366" spans="1:26">
       <c r="A366" s="1">
-        <v>3203</v>
+        <v>3604</v>
       </c>
       <c r="B366" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="C366" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D366" t="s">
         <v>17</v>
       </c>
       <c r="G366" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="O366">
         <v>2018</v>
       </c>
     </row>
     <row r="367" spans="1:26">
       <c r="A367" s="1">
-        <v>3204</v>
+        <v>3205</v>
       </c>
       <c r="B367" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="C367" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D367" t="s">
         <v>17</v>
       </c>
       <c r="G367" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="O367">
         <v>2018</v>
       </c>
     </row>
     <row r="368" spans="1:26">
       <c r="A368" s="1">
-        <v>3601</v>
+        <v>3603</v>
       </c>
       <c r="B368" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C368" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D368" t="s">
         <v>17</v>
       </c>
       <c r="G368" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="O368">
         <v>2018</v>
       </c>
     </row>
     <row r="369" spans="1:26">
       <c r="A369" s="1">
-        <v>3202</v>
+        <v>3203</v>
       </c>
       <c r="B369" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="C369" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D369" t="s">
         <v>17</v>
       </c>
       <c r="G369" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="O369">
         <v>2018</v>
       </c>
     </row>
     <row r="370" spans="1:26">
       <c r="A370" s="1">
-        <v>3600</v>
+        <v>3204</v>
       </c>
       <c r="B370" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="C370" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D370" t="s">
         <v>17</v>
       </c>
       <c r="G370" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="O370">
         <v>2018</v>
       </c>
     </row>
     <row r="371" spans="1:26">
       <c r="A371" s="1">
-        <v>3201</v>
+        <v>3601</v>
       </c>
       <c r="B371" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="C371" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D371" t="s">
         <v>17</v>
       </c>
       <c r="G371" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="O371">
         <v>2018</v>
       </c>
     </row>
     <row r="372" spans="1:26">
       <c r="A372" s="1">
-        <v>3095</v>
+        <v>3202</v>
       </c>
       <c r="B372" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C372" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D372" t="s">
         <v>17</v>
       </c>
       <c r="G372" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="O372">
         <v>2018</v>
       </c>
     </row>
     <row r="373" spans="1:26">
       <c r="A373" s="1">
-        <v>3599</v>
+        <v>3600</v>
       </c>
       <c r="B373" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C373" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D373" t="s">
         <v>17</v>
       </c>
       <c r="G373" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="O373">
         <v>2018</v>
       </c>
     </row>
     <row r="374" spans="1:26">
       <c r="A374" s="1">
-        <v>3200</v>
+        <v>3201</v>
       </c>
       <c r="B374" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="C374" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D374" t="s">
         <v>17</v>
       </c>
       <c r="G374" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="O374">
         <v>2018</v>
       </c>
     </row>
     <row r="375" spans="1:26">
       <c r="A375" s="1">
-        <v>3597</v>
+        <v>3095</v>
       </c>
       <c r="B375" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C375" t="s">
         <v>16</v>
       </c>
       <c r="D375" t="s">
         <v>17</v>
       </c>
       <c r="G375" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="O375">
         <v>2018</v>
       </c>
     </row>
     <row r="376" spans="1:26">
       <c r="A376" s="1">
-        <v>3199</v>
+        <v>3599</v>
       </c>
       <c r="B376" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="C376" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D376" t="s">
         <v>17</v>
       </c>
       <c r="G376" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="O376">
         <v>2018</v>
       </c>
     </row>
     <row r="377" spans="1:26">
       <c r="A377" s="1">
-        <v>3596</v>
+        <v>3200</v>
       </c>
       <c r="B377" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C377" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D377" t="s">
         <v>17</v>
       </c>
       <c r="G377" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="O377">
         <v>2018</v>
       </c>
     </row>
     <row r="378" spans="1:26">
       <c r="A378" s="1">
-        <v>3198</v>
+        <v>3597</v>
       </c>
       <c r="B378" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="C378" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D378" t="s">
         <v>17</v>
       </c>
       <c r="G378" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="O378">
         <v>2018</v>
       </c>
     </row>
     <row r="379" spans="1:26">
       <c r="A379" s="1">
-        <v>3595</v>
+        <v>3199</v>
       </c>
       <c r="B379" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C379" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D379" t="s">
         <v>17</v>
       </c>
       <c r="G379" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="O379">
         <v>2018</v>
       </c>
     </row>
     <row r="380" spans="1:26">
       <c r="A380" s="1">
-        <v>3197</v>
+        <v>3596</v>
       </c>
       <c r="B380" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="C380" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D380" t="s">
         <v>17</v>
       </c>
       <c r="G380" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="O380">
         <v>2018</v>
       </c>
     </row>
     <row r="381" spans="1:26">
       <c r="A381" s="1">
-        <v>3094</v>
+        <v>3198</v>
       </c>
       <c r="B381" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C381" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D381" t="s">
         <v>17</v>
       </c>
       <c r="G381" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="O381">
         <v>2018</v>
       </c>
     </row>
     <row r="382" spans="1:26">
       <c r="A382" s="1">
-        <v>3196</v>
+        <v>3595</v>
       </c>
       <c r="B382" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="C382" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D382" t="s">
         <v>17</v>
       </c>
       <c r="G382" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="O382">
         <v>2018</v>
       </c>
     </row>
     <row r="383" spans="1:26">
       <c r="A383" s="1">
-        <v>3195</v>
+        <v>3197</v>
       </c>
       <c r="B383" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="C383" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D383" t="s">
         <v>17</v>
       </c>
       <c r="G383" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="O383">
         <v>2018</v>
       </c>
     </row>
     <row r="384" spans="1:26">
       <c r="A384" s="1">
-        <v>3194</v>
+        <v>3094</v>
       </c>
       <c r="B384" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="C384" t="s">
         <v>16</v>
       </c>
       <c r="D384" t="s">
         <v>17</v>
       </c>
       <c r="G384" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="O384">
         <v>2018</v>
       </c>
     </row>
     <row r="385" spans="1:26">
       <c r="A385" s="1">
-        <v>3193</v>
+        <v>3196</v>
       </c>
       <c r="B385" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C385" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D385" t="s">
         <v>17</v>
       </c>
       <c r="G385" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="O385">
         <v>2018</v>
       </c>
     </row>
     <row r="386" spans="1:26">
       <c r="A386" s="1">
-        <v>3192</v>
+        <v>3195</v>
       </c>
       <c r="B386" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="C386" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D386" t="s">
         <v>17</v>
       </c>
       <c r="G386" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="O386">
         <v>2018</v>
       </c>
     </row>
     <row r="387" spans="1:26">
       <c r="A387" s="1">
-        <v>3093</v>
+        <v>3194</v>
       </c>
       <c r="B387" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="C387" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D387" t="s">
         <v>17</v>
       </c>
       <c r="G387" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="O387">
         <v>2018</v>
       </c>
     </row>
     <row r="388" spans="1:26">
       <c r="A388" s="1">
-        <v>3191</v>
+        <v>3193</v>
       </c>
       <c r="B388" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="C388" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D388" t="s">
         <v>17</v>
       </c>
       <c r="G388" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="O388">
         <v>2018</v>
       </c>
     </row>
     <row r="389" spans="1:26">
       <c r="A389" s="1">
-        <v>3190</v>
+        <v>3192</v>
       </c>
       <c r="B389" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C389" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D389" t="s">
         <v>17</v>
       </c>
       <c r="G389" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="O389">
         <v>2018</v>
       </c>
     </row>
     <row r="390" spans="1:26">
       <c r="A390" s="1">
-        <v>3189</v>
+        <v>3093</v>
       </c>
       <c r="B390" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="C390" t="s">
         <v>16</v>
       </c>
       <c r="D390" t="s">
         <v>17</v>
       </c>
       <c r="G390" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="O390">
         <v>2018</v>
       </c>
     </row>
     <row r="391" spans="1:26">
       <c r="A391" s="1">
-        <v>3188</v>
+        <v>3191</v>
       </c>
       <c r="B391" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="C391" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D391" t="s">
         <v>17</v>
       </c>
       <c r="G391" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="O391">
         <v>2018</v>
       </c>
     </row>
     <row r="392" spans="1:26">
       <c r="A392" s="1">
-        <v>3092</v>
+        <v>3190</v>
       </c>
       <c r="B392" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="C392" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D392" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G392" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="O392">
         <v>2018</v>
       </c>
     </row>
     <row r="393" spans="1:26">
       <c r="A393" s="1">
-        <v>3091</v>
+        <v>3189</v>
       </c>
       <c r="B393" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="C393" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D393" t="s">
         <v>17</v>
       </c>
       <c r="G393" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="O393">
         <v>2018</v>
       </c>
     </row>
     <row r="394" spans="1:26">
       <c r="A394" s="1">
-        <v>3186</v>
+        <v>3188</v>
       </c>
       <c r="B394" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="C394" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D394" t="s">
         <v>17</v>
       </c>
       <c r="G394" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="O394">
         <v>2018</v>
       </c>
     </row>
     <row r="395" spans="1:26">
       <c r="A395" s="1">
-        <v>3185</v>
+        <v>3092</v>
       </c>
       <c r="B395" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="C395" t="s">
         <v>16</v>
       </c>
       <c r="D395" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G395" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="O395">
         <v>2018</v>
       </c>
     </row>
     <row r="396" spans="1:26">
       <c r="A396" s="1">
-        <v>3184</v>
+        <v>3091</v>
       </c>
       <c r="B396" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="C396" t="s">
         <v>16</v>
       </c>
       <c r="D396" t="s">
         <v>17</v>
       </c>
       <c r="G396" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="O396">
         <v>2018</v>
       </c>
     </row>
     <row r="397" spans="1:26">
       <c r="A397" s="1">
-        <v>3187</v>
+        <v>3186</v>
       </c>
       <c r="B397" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="C397" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D397" t="s">
         <v>17</v>
       </c>
       <c r="G397" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="O397">
         <v>2018</v>
       </c>
     </row>
     <row r="398" spans="1:26">
       <c r="A398" s="1">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="B398" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C398" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D398" t="s">
         <v>17</v>
       </c>
-      <c r="E398" t="s">
-        <v>768</v>
+      <c r="G398" t="s">
+        <v>771</v>
       </c>
       <c r="O398">
         <v>2018</v>
       </c>
     </row>
     <row r="399" spans="1:26">
       <c r="A399" s="1">
-        <v>3090</v>
+        <v>3184</v>
       </c>
       <c r="B399" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="C399" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D399" t="s">
         <v>17</v>
       </c>
       <c r="G399" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="O399">
         <v>2018</v>
       </c>
     </row>
     <row r="400" spans="1:26">
       <c r="A400" s="1">
-        <v>3684</v>
+        <v>3187</v>
       </c>
       <c r="B400" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="C400" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D400" t="s">
         <v>17</v>
       </c>
       <c r="G400" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="O400">
         <v>2018</v>
       </c>
     </row>
     <row r="401" spans="1:26">
       <c r="A401" s="1">
-        <v>3182</v>
+        <v>3183</v>
       </c>
       <c r="B401" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="C401" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D401" t="s">
         <v>17</v>
       </c>
-      <c r="G401" t="s">
-        <v>773</v>
+      <c r="E401" t="s">
+        <v>777</v>
       </c>
       <c r="O401">
         <v>2018</v>
       </c>
     </row>
     <row r="402" spans="1:26">
       <c r="A402" s="1">
-        <v>3180</v>
+        <v>3090</v>
       </c>
       <c r="B402" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="C402" t="s">
         <v>16</v>
       </c>
       <c r="D402" t="s">
         <v>17</v>
       </c>
       <c r="G402" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="O402">
         <v>2018</v>
       </c>
     </row>
     <row r="403" spans="1:26">
       <c r="A403" s="1">
-        <v>3675</v>
+        <v>3684</v>
       </c>
       <c r="B403" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C403" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D403" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G403" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="O403">
         <v>2018</v>
       </c>
     </row>
     <row r="404" spans="1:26">
       <c r="A404" s="1">
-        <v>3181</v>
+        <v>3182</v>
       </c>
       <c r="B404" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="C404" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D404" t="s">
         <v>17</v>
       </c>
       <c r="G404" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="O404">
         <v>2018</v>
       </c>
     </row>
     <row r="405" spans="1:26">
       <c r="A405" s="1">
-        <v>3658</v>
+        <v>3180</v>
       </c>
       <c r="B405" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="C405" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D405" t="s">
         <v>17</v>
       </c>
       <c r="G405" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="O405">
         <v>2018</v>
       </c>
     </row>
     <row r="406" spans="1:26">
       <c r="A406" s="1">
-        <v>3179</v>
+        <v>3675</v>
       </c>
       <c r="B406" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="C406" t="s">
         <v>16</v>
       </c>
       <c r="D406" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G406" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="O406">
         <v>2018</v>
       </c>
     </row>
     <row r="407" spans="1:26">
       <c r="A407" s="1">
-        <v>3088</v>
+        <v>3181</v>
       </c>
       <c r="B407" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="C407" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D407" t="s">
         <v>17</v>
       </c>
       <c r="G407" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="O407">
         <v>2018</v>
       </c>
     </row>
     <row r="408" spans="1:26">
       <c r="A408" s="1">
-        <v>3089</v>
+        <v>3658</v>
       </c>
       <c r="B408" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="C408" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D408" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G408" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="O408">
         <v>2018</v>
       </c>
     </row>
     <row r="409" spans="1:26">
       <c r="A409" s="1">
-        <v>3670</v>
+        <v>3179</v>
       </c>
       <c r="B409" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="C409" t="s">
-        <v>22</v>
+        <v>21</v>
+      </c>
+      <c r="D409" t="s">
+        <v>17</v>
       </c>
       <c r="G409" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="O409">
         <v>2018</v>
       </c>
     </row>
     <row r="410" spans="1:26">
       <c r="A410" s="1">
-        <v>3178</v>
+        <v>3088</v>
       </c>
       <c r="B410" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="C410" t="s">
         <v>16</v>
       </c>
       <c r="D410" t="s">
         <v>17</v>
       </c>
       <c r="G410" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="O410">
         <v>2018</v>
       </c>
     </row>
     <row r="411" spans="1:26">
       <c r="A411" s="1">
-        <v>3177</v>
+        <v>3089</v>
       </c>
       <c r="B411" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C411" t="s">
         <v>16</v>
       </c>
       <c r="D411" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G411" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="O411">
         <v>2018</v>
       </c>
     </row>
     <row r="412" spans="1:26">
       <c r="A412" s="1">
-        <v>3176</v>
+        <v>3670</v>
       </c>
       <c r="B412" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C412" t="s">
         <v>16</v>
       </c>
-      <c r="D412" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G412" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="O412">
         <v>2018</v>
       </c>
     </row>
     <row r="413" spans="1:26">
       <c r="A413" s="1">
-        <v>3078</v>
+        <v>3178</v>
       </c>
       <c r="B413" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C413" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D413" t="s">
         <v>17</v>
       </c>
       <c r="G413" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="O413">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="414" spans="1:26">
       <c r="A414" s="1">
-        <v>3084</v>
+        <v>3177</v>
       </c>
       <c r="B414" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="C414" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D414" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G414" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="O414">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="415" spans="1:26">
       <c r="A415" s="1">
-        <v>3079</v>
+        <v>3176</v>
       </c>
       <c r="B415" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="C415" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D415" t="s">
         <v>17</v>
       </c>
       <c r="G415" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="O415">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="416" spans="1:26">
       <c r="A416" s="1">
-        <v>3080</v>
+        <v>3078</v>
       </c>
       <c r="B416" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C416" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D416" t="s">
         <v>17</v>
       </c>
       <c r="G416" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="O416">
         <v>2017</v>
       </c>
     </row>
     <row r="417" spans="1:26">
       <c r="A417" s="1">
-        <v>3081</v>
+        <v>3084</v>
       </c>
       <c r="B417" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C417" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D417" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G417" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="O417">
         <v>2017</v>
       </c>
     </row>
     <row r="418" spans="1:26">
       <c r="A418" s="1">
-        <v>3082</v>
+        <v>3079</v>
       </c>
       <c r="B418" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C418" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D418" t="s">
         <v>17</v>
       </c>
       <c r="G418" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="O418">
         <v>2017</v>
       </c>
     </row>
     <row r="419" spans="1:26">
       <c r="A419" s="1">
-        <v>3083</v>
+        <v>3080</v>
       </c>
       <c r="B419" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="C419" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D419" t="s">
         <v>17</v>
       </c>
       <c r="G419" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="O419">
         <v>2017</v>
       </c>
     </row>
     <row r="420" spans="1:26">
       <c r="A420" s="1">
-        <v>3085</v>
+        <v>3081</v>
       </c>
       <c r="B420" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="C420" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D420" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G420" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="O420">
         <v>2017</v>
       </c>
     </row>
     <row r="421" spans="1:26">
       <c r="A421" s="1">
-        <v>3086</v>
+        <v>3082</v>
       </c>
       <c r="B421" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="C421" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D421" t="s">
         <v>17</v>
       </c>
       <c r="G421" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="O421">
         <v>2017</v>
       </c>
     </row>
     <row r="422" spans="1:26">
       <c r="A422" s="1">
-        <v>3087</v>
+        <v>3083</v>
       </c>
       <c r="B422" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="C422" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D422" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G422" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="O422">
         <v>2017</v>
       </c>
     </row>
     <row r="423" spans="1:26">
       <c r="A423" s="1">
-        <v>3067</v>
+        <v>3085</v>
       </c>
       <c r="B423" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C423" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D423" t="s">
         <v>17</v>
       </c>
       <c r="G423" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="O423">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="424" spans="1:26">
       <c r="A424" s="1">
-        <v>3068</v>
+        <v>3086</v>
       </c>
       <c r="B424" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C424" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D424" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G424" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="O424">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="425" spans="1:26">
       <c r="A425" s="1">
-        <v>3069</v>
+        <v>3087</v>
       </c>
       <c r="B425" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C425" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D425" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G425" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="O425">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="426" spans="1:26">
       <c r="A426" s="1">
-        <v>3070</v>
+        <v>3067</v>
       </c>
       <c r="B426" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C426" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D426" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G426" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="O426">
         <v>2016</v>
       </c>
     </row>
     <row r="427" spans="1:26">
       <c r="A427" s="1">
-        <v>3071</v>
+        <v>3068</v>
       </c>
       <c r="B427" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C427" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D427" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G427" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="O427">
         <v>2016</v>
       </c>
     </row>
     <row r="428" spans="1:26">
       <c r="A428" s="1">
-        <v>3072</v>
+        <v>3069</v>
       </c>
       <c r="B428" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C428" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D428" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G428" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="O428">
         <v>2016</v>
       </c>
     </row>
     <row r="429" spans="1:26">
       <c r="A429" s="1">
-        <v>3073</v>
+        <v>3070</v>
       </c>
       <c r="B429" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C429" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D429" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G429" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="O429">
         <v>2016</v>
       </c>
     </row>
     <row r="430" spans="1:26">
       <c r="A430" s="1">
-        <v>3074</v>
+        <v>3071</v>
       </c>
       <c r="B430" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C430" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D430" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G430" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="O430">
         <v>2016</v>
       </c>
     </row>
     <row r="431" spans="1:26">
       <c r="A431" s="1">
-        <v>3075</v>
+        <v>3072</v>
       </c>
       <c r="B431" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="C431" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D431" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G431" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="O431">
         <v>2016</v>
       </c>
     </row>
     <row r="432" spans="1:26">
       <c r="A432" s="1">
-        <v>3076</v>
+        <v>3073</v>
       </c>
       <c r="B432" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="C432" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D432" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G432" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="O432">
         <v>2016</v>
       </c>
     </row>
     <row r="433" spans="1:26">
       <c r="A433" s="1">
-        <v>3077</v>
+        <v>3074</v>
       </c>
       <c r="B433" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="C433" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D433" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G433" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="O433">
         <v>2016</v>
       </c>
     </row>
     <row r="434" spans="1:26">
       <c r="A434" s="1">
-        <v>3060</v>
+        <v>3075</v>
       </c>
       <c r="B434" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="C434" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D434" t="s">
         <v>17</v>
       </c>
       <c r="G434" t="s">
-        <v>837</v>
+        <v>840</v>
       </c>
       <c r="O434">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="435" spans="1:26">
       <c r="A435" s="1">
-        <v>3057</v>
+        <v>3076</v>
       </c>
       <c r="B435" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="C435" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D435" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G435" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="O435">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="436" spans="1:26">
       <c r="A436" s="1">
-        <v>3061</v>
+        <v>3077</v>
       </c>
       <c r="B436" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="C436" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D436" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G436" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="O436">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="437" spans="1:26">
       <c r="A437" s="1">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="B437" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C437" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D437" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G437" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="O437">
         <v>2015</v>
       </c>
     </row>
     <row r="438" spans="1:26">
       <c r="A438" s="1">
-        <v>3059</v>
+        <v>3057</v>
       </c>
       <c r="B438" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="C438" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D438" t="s">
         <v>17</v>
       </c>
       <c r="G438" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="O438">
         <v>2015</v>
       </c>
     </row>
     <row r="439" spans="1:26">
       <c r="A439" s="1">
-        <v>3699</v>
+        <v>3061</v>
       </c>
       <c r="B439" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="C439" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D439" t="s">
-        <v>847</v>
+        <v>53</v>
       </c>
       <c r="G439" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="O439">
         <v>2015</v>
       </c>
     </row>
     <row r="440" spans="1:26">
       <c r="A440" s="1">
-        <v>3062</v>
+        <v>3058</v>
       </c>
       <c r="B440" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="C440" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D440" t="s">
-        <v>237</v>
+        <v>53</v>
       </c>
       <c r="G440" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="O440">
         <v>2015</v>
       </c>
     </row>
     <row r="441" spans="1:26">
       <c r="A441" s="1">
-        <v>3693</v>
+        <v>3059</v>
       </c>
       <c r="B441" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="C441" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D441" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G441" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="O441">
         <v>2015</v>
       </c>
     </row>
     <row r="442" spans="1:26">
       <c r="A442" s="1">
-        <v>3063</v>
+        <v>3699</v>
       </c>
       <c r="B442" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="C442" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D442" t="s">
-        <v>44</v>
+        <v>856</v>
       </c>
       <c r="G442" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="O442">
         <v>2015</v>
       </c>
     </row>
     <row r="443" spans="1:26">
       <c r="A443" s="1">
-        <v>3706</v>
+        <v>3062</v>
       </c>
       <c r="B443" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C443" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D443" t="s">
-        <v>44</v>
+        <v>246</v>
       </c>
       <c r="G443" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="O443">
         <v>2015</v>
       </c>
     </row>
     <row r="444" spans="1:26">
       <c r="A444" s="1">
-        <v>3687</v>
+        <v>3693</v>
       </c>
       <c r="B444" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C444" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D444" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G444" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="O444">
         <v>2015</v>
       </c>
     </row>
     <row r="445" spans="1:26">
       <c r="A445" s="1">
-        <v>3064</v>
+        <v>3063</v>
       </c>
       <c r="B445" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C445" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D445" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G445" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="O445">
         <v>2015</v>
       </c>
     </row>
     <row r="446" spans="1:26">
       <c r="A446" s="1">
-        <v>3676</v>
+        <v>3706</v>
       </c>
       <c r="B446" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="C446" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D446" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G446" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="O446">
         <v>2015</v>
       </c>
     </row>
     <row r="447" spans="1:26">
       <c r="A447" s="1">
-        <v>3065</v>
+        <v>3687</v>
       </c>
       <c r="B447" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C447" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D447" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G447" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="O447">
         <v>2015</v>
       </c>
     </row>
     <row r="448" spans="1:26">
       <c r="A448" s="1">
-        <v>3666</v>
+        <v>3064</v>
       </c>
       <c r="B448" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="C448" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D448" t="s">
         <v>17</v>
       </c>
       <c r="G448" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="O448">
         <v>2015</v>
       </c>
     </row>
     <row r="449" spans="1:26">
       <c r="A449" s="1">
-        <v>3066</v>
+        <v>3676</v>
       </c>
       <c r="B449" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="C449" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D449" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G449" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="O449">
         <v>2015</v>
       </c>
     </row>
     <row r="450" spans="1:26">
       <c r="A450" s="1">
-        <v>3044</v>
+        <v>3065</v>
       </c>
       <c r="B450" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="C450" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D450" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G450" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="O450">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="451" spans="1:26">
       <c r="A451" s="1">
-        <v>3045</v>
+        <v>3666</v>
       </c>
       <c r="B451" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="C451" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D451" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G451" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="O451">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="452" spans="1:26">
       <c r="A452" s="1">
-        <v>3051</v>
+        <v>3066</v>
       </c>
       <c r="B452" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="C452" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D452" t="s">
         <v>17</v>
       </c>
       <c r="G452" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="O452">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="453" spans="1:26">
       <c r="A453" s="1">
-        <v>3046</v>
+        <v>3044</v>
       </c>
       <c r="B453" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C453" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D453" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G453" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="O453">
         <v>2014</v>
       </c>
     </row>
     <row r="454" spans="1:26">
       <c r="A454" s="1">
-        <v>3047</v>
+        <v>3045</v>
       </c>
       <c r="B454" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="C454" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D454" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G454" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="O454">
         <v>2014</v>
       </c>
     </row>
     <row r="455" spans="1:26">
       <c r="A455" s="1">
-        <v>3048</v>
+        <v>3051</v>
       </c>
       <c r="B455" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C455" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D455" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G455" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="O455">
         <v>2014</v>
       </c>
     </row>
     <row r="456" spans="1:26">
       <c r="A456" s="1">
-        <v>3056</v>
+        <v>3046</v>
       </c>
       <c r="B456" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C456" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D456" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G456" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="O456">
         <v>2014</v>
       </c>
     </row>
     <row r="457" spans="1:26">
       <c r="A457" s="1">
-        <v>3049</v>
+        <v>3047</v>
       </c>
       <c r="B457" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="C457" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D457" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G457" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="O457">
         <v>2014</v>
       </c>
     </row>
     <row r="458" spans="1:26">
       <c r="A458" s="1">
-        <v>3050</v>
+        <v>3048</v>
       </c>
       <c r="B458" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C458" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D458" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G458" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="O458">
         <v>2014</v>
       </c>
     </row>
     <row r="459" spans="1:26">
       <c r="A459" s="1">
-        <v>3700</v>
+        <v>3056</v>
       </c>
       <c r="B459" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C459" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D459" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G459" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="O459">
         <v>2014</v>
       </c>
     </row>
     <row r="460" spans="1:26">
       <c r="A460" s="1">
-        <v>3052</v>
+        <v>3049</v>
       </c>
       <c r="B460" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="C460" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D460" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G460" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="O460">
         <v>2014</v>
       </c>
     </row>
     <row r="461" spans="1:26">
       <c r="A461" s="1">
-        <v>3691</v>
+        <v>3050</v>
       </c>
       <c r="B461" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C461" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D461" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G461" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="O461">
         <v>2014</v>
       </c>
     </row>
     <row r="462" spans="1:26">
       <c r="A462" s="1">
-        <v>3053</v>
+        <v>3700</v>
       </c>
       <c r="B462" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="C462" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D462" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G462" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="O462">
         <v>2014</v>
       </c>
     </row>
     <row r="463" spans="1:26">
       <c r="A463" s="1">
-        <v>3685</v>
+        <v>3052</v>
       </c>
       <c r="B463" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="C463" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D463" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G463" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="O463">
         <v>2014</v>
       </c>
     </row>
     <row r="464" spans="1:26">
       <c r="A464" s="1">
-        <v>3054</v>
+        <v>3691</v>
       </c>
       <c r="B464" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C464" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D464" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G464" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="O464">
         <v>2014</v>
       </c>
     </row>
     <row r="465" spans="1:26">
       <c r="A465" s="1">
-        <v>3679</v>
+        <v>3053</v>
       </c>
       <c r="B465" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="C465" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D465" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G465" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="O465">
         <v>2014</v>
       </c>
     </row>
     <row r="466" spans="1:26">
       <c r="A466" s="1">
-        <v>3055</v>
+        <v>3685</v>
       </c>
       <c r="B466" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="C466" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D466" t="s">
         <v>17</v>
       </c>
       <c r="G466" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="O466">
         <v>2014</v>
       </c>
     </row>
     <row r="467" spans="1:26">
       <c r="A467" s="1">
-        <v>3668</v>
+        <v>3054</v>
       </c>
       <c r="B467" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="C467" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D467" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G467" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="O467">
         <v>2014</v>
       </c>
     </row>
     <row r="468" spans="1:26">
       <c r="A468" s="1">
-        <v>3032</v>
+        <v>3679</v>
       </c>
       <c r="B468" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C468" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D468" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G468" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="O468">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="469" spans="1:26">
       <c r="A469" s="1">
-        <v>3033</v>
+        <v>3055</v>
       </c>
       <c r="B469" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C469" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D469" t="s">
         <v>17</v>
       </c>
       <c r="G469" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="O469">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="470" spans="1:26">
       <c r="A470" s="1">
-        <v>3034</v>
+        <v>3668</v>
       </c>
       <c r="B470" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="C470" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D470" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G470" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="O470">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="471" spans="1:26">
       <c r="A471" s="1">
-        <v>3035</v>
+        <v>3032</v>
       </c>
       <c r="B471" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="C471" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D471" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G471" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="O471">
         <v>2013</v>
       </c>
     </row>
     <row r="472" spans="1:26">
       <c r="A472" s="1">
-        <v>3036</v>
+        <v>3033</v>
       </c>
       <c r="B472" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="C472" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D472" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G472" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="O472">
         <v>2013</v>
       </c>
     </row>
     <row r="473" spans="1:26">
       <c r="A473" s="1">
-        <v>3703</v>
+        <v>3034</v>
       </c>
       <c r="B473" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="C473" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D473" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G473" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="O473">
         <v>2013</v>
       </c>
     </row>
     <row r="474" spans="1:26">
       <c r="A474" s="1">
-        <v>3037</v>
+        <v>3035</v>
       </c>
       <c r="B474" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="C474" t="s">
-        <v>22</v>
+        <v>16</v>
+      </c>
+      <c r="D474" t="s">
+        <v>53</v>
       </c>
       <c r="G474" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="O474">
         <v>2013</v>
       </c>
     </row>
     <row r="475" spans="1:26">
       <c r="A475" s="1">
-        <v>3696</v>
+        <v>3036</v>
       </c>
       <c r="B475" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C475" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D475" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G475" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="O475">
         <v>2013</v>
       </c>
     </row>
     <row r="476" spans="1:26">
       <c r="A476" s="1">
-        <v>3038</v>
+        <v>3703</v>
       </c>
       <c r="B476" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="C476" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D476" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G476" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="O476">
         <v>2013</v>
       </c>
     </row>
     <row r="477" spans="1:26">
       <c r="A477" s="1">
-        <v>3689</v>
+        <v>3037</v>
       </c>
       <c r="B477" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="C477" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G477" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="O477">
         <v>2013</v>
       </c>
     </row>
     <row r="478" spans="1:26">
       <c r="A478" s="1">
-        <v>3039</v>
+        <v>3696</v>
       </c>
       <c r="B478" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="C478" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D478" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G478" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="O478">
         <v>2013</v>
       </c>
     </row>
     <row r="479" spans="1:26">
       <c r="A479" s="1">
-        <v>3681</v>
+        <v>3038</v>
       </c>
       <c r="B479" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="C479" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D479" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G479" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="O479">
         <v>2013</v>
       </c>
     </row>
     <row r="480" spans="1:26">
       <c r="A480" s="1">
-        <v>3040</v>
+        <v>3689</v>
       </c>
       <c r="B480" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="C480" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D480" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G480" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="O480">
         <v>2013</v>
       </c>
     </row>
     <row r="481" spans="1:26">
       <c r="A481" s="1">
-        <v>3673</v>
+        <v>3039</v>
       </c>
       <c r="B481" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="C481" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D481" t="s">
         <v>17</v>
       </c>
       <c r="G481" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="O481">
         <v>2013</v>
       </c>
     </row>
     <row r="482" spans="1:26">
       <c r="A482" s="1">
-        <v>3041</v>
+        <v>3681</v>
       </c>
       <c r="B482" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="C482" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D482" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G482" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="O482">
         <v>2013</v>
       </c>
     </row>
     <row r="483" spans="1:26">
       <c r="A483" s="1">
-        <v>3665</v>
+        <v>3040</v>
       </c>
       <c r="B483" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="C483" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D483" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G483" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="O483">
         <v>2013</v>
       </c>
     </row>
     <row r="484" spans="1:26">
       <c r="A484" s="1">
-        <v>3042</v>
+        <v>3673</v>
       </c>
       <c r="B484" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="C484" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D484" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G484" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="O484">
         <v>2013</v>
       </c>
     </row>
     <row r="485" spans="1:26">
       <c r="A485" s="1">
-        <v>3031</v>
+        <v>3041</v>
       </c>
       <c r="B485" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="C485" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D485" t="s">
         <v>17</v>
       </c>
       <c r="G485" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="O485">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="486" spans="1:26">
       <c r="A486" s="1">
-        <v>3030</v>
+        <v>3665</v>
       </c>
       <c r="B486" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="C486" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D486" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G486" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="O486">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="487" spans="1:26">
       <c r="A487" s="1">
-        <v>3029</v>
+        <v>3042</v>
       </c>
       <c r="B487" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C487" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D487" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G487" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="O487">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="488" spans="1:26">
       <c r="A488" s="1">
-        <v>3028</v>
+        <v>3031</v>
       </c>
       <c r="B488" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="C488" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D488" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G488" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="O488">
         <v>2012</v>
       </c>
     </row>
     <row r="489" spans="1:26">
       <c r="A489" s="1">
-        <v>3027</v>
+        <v>3030</v>
       </c>
       <c r="B489" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="C489" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D489" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G489" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="O489">
         <v>2012</v>
       </c>
     </row>
     <row r="490" spans="1:26">
       <c r="A490" s="1">
-        <v>3025</v>
+        <v>3029</v>
       </c>
       <c r="B490" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="C490" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D490" t="s">
         <v>17</v>
       </c>
       <c r="G490" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="O490">
         <v>2012</v>
       </c>
     </row>
     <row r="491" spans="1:26">
       <c r="A491" s="1">
-        <v>3026</v>
+        <v>3028</v>
       </c>
       <c r="B491" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="C491" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D491" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G491" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="O491">
         <v>2012</v>
       </c>
     </row>
     <row r="492" spans="1:26">
       <c r="A492" s="1">
-        <v>3024</v>
+        <v>3027</v>
       </c>
       <c r="B492" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="C492" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D492" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G492" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="O492">
         <v>2012</v>
       </c>
     </row>
     <row r="493" spans="1:26">
       <c r="A493" s="1">
-        <v>3705</v>
+        <v>3025</v>
       </c>
       <c r="B493" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="C493" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D493" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G493" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="O493">
         <v>2012</v>
       </c>
     </row>
     <row r="494" spans="1:26">
       <c r="A494" s="1">
-        <v>3023</v>
+        <v>3026</v>
       </c>
       <c r="B494" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="C494" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D494" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G494" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="O494">
         <v>2012</v>
       </c>
     </row>
     <row r="495" spans="1:26">
       <c r="A495" s="1">
-        <v>3701</v>
+        <v>3024</v>
       </c>
       <c r="B495" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="C495" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D495" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G495" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="O495">
         <v>2012</v>
       </c>
     </row>
     <row r="496" spans="1:26">
       <c r="A496" s="1">
-        <v>3022</v>
+        <v>3705</v>
       </c>
       <c r="B496" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="C496" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D496" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G496" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="O496">
         <v>2012</v>
       </c>
     </row>
     <row r="497" spans="1:26">
       <c r="A497" s="1">
-        <v>3692</v>
+        <v>3023</v>
       </c>
       <c r="B497" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="C497" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D497" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G497" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="O497">
         <v>2012</v>
       </c>
     </row>
     <row r="498" spans="1:26">
       <c r="A498" s="1">
-        <v>3021</v>
+        <v>3701</v>
       </c>
       <c r="B498" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="C498" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D498" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G498" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="O498">
         <v>2012</v>
       </c>
     </row>
     <row r="499" spans="1:26">
       <c r="A499" s="1">
-        <v>3683</v>
+        <v>3022</v>
       </c>
       <c r="B499" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="C499" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D499" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G499" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="O499">
         <v>2012</v>
       </c>
     </row>
     <row r="500" spans="1:26">
       <c r="A500" s="1">
-        <v>3020</v>
+        <v>3692</v>
       </c>
       <c r="B500" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="C500" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D500" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G500" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="O500">
         <v>2012</v>
       </c>
     </row>
     <row r="501" spans="1:26">
       <c r="A501" s="1">
-        <v>3678</v>
+        <v>3021</v>
       </c>
       <c r="B501" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="C501" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D501" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G501" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="O501">
         <v>2012</v>
       </c>
     </row>
     <row r="502" spans="1:26">
       <c r="A502" s="1">
-        <v>3019</v>
+        <v>3683</v>
       </c>
       <c r="B502" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="C502" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D502" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G502" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="O502">
         <v>2012</v>
       </c>
     </row>
     <row r="503" spans="1:26">
       <c r="A503" s="1">
-        <v>3667</v>
+        <v>3020</v>
       </c>
       <c r="B503" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="C503" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D503" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G503" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="O503">
         <v>2012</v>
       </c>
     </row>
     <row r="504" spans="1:26">
       <c r="A504" s="1">
-        <v>3018</v>
+        <v>3678</v>
       </c>
       <c r="B504" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="C504" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D504" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G504" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="O504">
         <v>2012</v>
       </c>
     </row>
     <row r="505" spans="1:26">
       <c r="A505" s="1">
-        <v>3014</v>
+        <v>3019</v>
       </c>
       <c r="B505" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="C505" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D505" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G505" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="O505">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="506" spans="1:26">
       <c r="A506" s="1">
-        <v>3017</v>
+        <v>3667</v>
       </c>
       <c r="B506" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="C506" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D506" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G506" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="O506">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="507" spans="1:26">
       <c r="A507" s="1">
-        <v>3016</v>
+        <v>3018</v>
       </c>
       <c r="B507" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C507" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D507" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G507" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="O507">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="508" spans="1:26">
       <c r="A508" s="1">
-        <v>3015</v>
+        <v>3014</v>
       </c>
       <c r="B508" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="C508" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D508" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G508" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="O508">
         <v>2011</v>
       </c>
     </row>
     <row r="509" spans="1:26">
       <c r="A509" s="1">
-        <v>3013</v>
+        <v>3017</v>
       </c>
       <c r="B509" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="C509" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D509" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G509" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="O509">
         <v>2011</v>
       </c>
     </row>
     <row r="510" spans="1:26">
       <c r="A510" s="1">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="B510" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="C510" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D510" t="s">
         <v>17</v>
       </c>
       <c r="G510" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="O510">
         <v>2011</v>
       </c>
     </row>
     <row r="511" spans="1:26">
       <c r="A511" s="1">
-        <v>3011</v>
+        <v>3015</v>
       </c>
       <c r="B511" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="C511" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D511" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G511" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="O511">
         <v>2011</v>
       </c>
     </row>
     <row r="512" spans="1:26">
       <c r="A512" s="1">
-        <v>3010</v>
+        <v>3013</v>
       </c>
       <c r="B512" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="C512" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D512" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>971</v>
+        <v>53</v>
+      </c>
+      <c r="G512" t="s">
+        <v>974</v>
       </c>
       <c r="O512">
         <v>2011</v>
       </c>
     </row>
     <row r="513" spans="1:26">
       <c r="A513" s="1">
-        <v>3008</v>
+        <v>3012</v>
       </c>
       <c r="B513" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="C513" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D513" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G513" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="O513">
         <v>2011</v>
       </c>
     </row>
     <row r="514" spans="1:26">
       <c r="A514" s="1">
-        <v>3009</v>
+        <v>3011</v>
       </c>
       <c r="B514" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="C514" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D514" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G514" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="O514">
         <v>2011</v>
       </c>
     </row>
     <row r="515" spans="1:26">
       <c r="A515" s="1">
-        <v>3007</v>
+        <v>3010</v>
       </c>
       <c r="B515" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="C515" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D515" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>977</v>
+        <v>246</v>
+      </c>
+      <c r="I515" t="s">
+        <v>980</v>
       </c>
       <c r="O515">
         <v>2011</v>
       </c>
     </row>
     <row r="516" spans="1:26">
       <c r="A516" s="1">
-        <v>3704</v>
+        <v>3008</v>
       </c>
       <c r="B516" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="C516" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D516" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G516" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="O516">
         <v>2011</v>
       </c>
     </row>
     <row r="517" spans="1:26">
       <c r="A517" s="1">
-        <v>3006</v>
+        <v>3009</v>
       </c>
       <c r="B517" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="C517" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D517" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G517" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="O517">
         <v>2011</v>
       </c>
     </row>
     <row r="518" spans="1:26">
       <c r="A518" s="1">
-        <v>3698</v>
+        <v>3007</v>
       </c>
       <c r="B518" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="C518" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D518" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G518" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="O518">
         <v>2011</v>
       </c>
     </row>
     <row r="519" spans="1:26">
       <c r="A519" s="1">
-        <v>3005</v>
+        <v>3704</v>
       </c>
       <c r="B519" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="C519" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D519" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G519" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="O519">
         <v>2011</v>
       </c>
     </row>
     <row r="520" spans="1:26">
       <c r="A520" s="1">
-        <v>3694</v>
+        <v>3006</v>
       </c>
       <c r="B520" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C520" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D520" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G520" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="O520">
         <v>2011</v>
       </c>
     </row>
     <row r="521" spans="1:26">
       <c r="A521" s="1">
-        <v>3004</v>
+        <v>3698</v>
       </c>
       <c r="B521" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="C521" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D521" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G521" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="O521">
         <v>2011</v>
       </c>
     </row>
     <row r="522" spans="1:26">
       <c r="A522" s="1">
-        <v>3686</v>
+        <v>3005</v>
       </c>
       <c r="B522" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="C522" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D522" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G522" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="O522">
         <v>2011</v>
       </c>
     </row>
     <row r="523" spans="1:26">
       <c r="A523" s="1">
-        <v>3003</v>
+        <v>3694</v>
       </c>
       <c r="B523" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="C523" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D523" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G523" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="O523">
         <v>2011</v>
       </c>
     </row>
     <row r="524" spans="1:26">
       <c r="A524" s="1">
-        <v>3677</v>
+        <v>3004</v>
       </c>
       <c r="B524" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="C524" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D524" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G524" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="O524">
         <v>2011</v>
       </c>
     </row>
     <row r="525" spans="1:26">
       <c r="A525" s="1">
-        <v>3002</v>
+        <v>3686</v>
       </c>
       <c r="B525" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="C525" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D525" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G525" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="O525">
         <v>2011</v>
       </c>
     </row>
     <row r="526" spans="1:26">
       <c r="A526" s="1">
-        <v>3669</v>
+        <v>3003</v>
       </c>
       <c r="B526" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="C526" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D526" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G526" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="O526">
         <v>2011</v>
       </c>
     </row>
     <row r="527" spans="1:26">
       <c r="A527" s="1">
-        <v>3001</v>
+        <v>3677</v>
       </c>
       <c r="B527" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="C527" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D527" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G527" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="O527">
         <v>2011</v>
       </c>
     </row>
     <row r="528" spans="1:26">
       <c r="A528" s="1">
-        <v>3000</v>
+        <v>3002</v>
       </c>
       <c r="B528" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C528" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D528" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G528" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="O528">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="529" spans="1:26">
       <c r="A529" s="1">
-        <v>2993</v>
+        <v>3669</v>
       </c>
       <c r="B529" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="C529" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D529" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G529" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="O529">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="530" spans="1:26">
       <c r="A530" s="1">
-        <v>2987</v>
+        <v>3001</v>
       </c>
       <c r="B530" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C530" t="s">
-        <v>22</v>
+        <v>16</v>
+      </c>
+      <c r="D530" t="s">
+        <v>53</v>
       </c>
       <c r="G530" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="O530">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="531" spans="1:26">
       <c r="A531" s="1">
-        <v>2998</v>
+        <v>3000</v>
       </c>
       <c r="B531" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="C531" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D531" t="s">
         <v>17</v>
       </c>
       <c r="G531" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="O531">
         <v>2010</v>
       </c>
     </row>
     <row r="532" spans="1:26">
       <c r="A532" s="1">
-        <v>2989</v>
+        <v>2993</v>
       </c>
       <c r="B532" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C532" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D532" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G532" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="O532">
         <v>2010</v>
       </c>
     </row>
     <row r="533" spans="1:26">
       <c r="A533" s="1">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="B533" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="C533" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="G533" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="O533">
         <v>2010</v>
       </c>
     </row>
     <row r="534" spans="1:26">
       <c r="A534" s="1">
-        <v>2991</v>
+        <v>2998</v>
       </c>
       <c r="B534" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C534" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D534" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G534" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="O534">
         <v>2010</v>
       </c>
     </row>
     <row r="535" spans="1:26">
       <c r="A535" s="1">
-        <v>2990</v>
+        <v>2989</v>
       </c>
       <c r="B535" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="C535" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D535" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G535" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="O535">
         <v>2010</v>
       </c>
     </row>
     <row r="536" spans="1:26">
       <c r="A536" s="1">
-        <v>2988</v>
+        <v>2986</v>
       </c>
       <c r="B536" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C536" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D536" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G536" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="O536">
         <v>2010</v>
       </c>
     </row>
     <row r="537" spans="1:26">
       <c r="A537" s="1">
-        <v>2995</v>
+        <v>2991</v>
       </c>
       <c r="B537" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="C537" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D537" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G537" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="O537">
         <v>2010</v>
       </c>
     </row>
     <row r="538" spans="1:26">
       <c r="A538" s="1">
-        <v>2994</v>
+        <v>2990</v>
       </c>
       <c r="B538" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="C538" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D538" t="s">
         <v>17</v>
       </c>
       <c r="G538" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="O538">
         <v>2010</v>
       </c>
     </row>
     <row r="539" spans="1:26">
       <c r="A539" s="1">
-        <v>2992</v>
+        <v>2988</v>
       </c>
       <c r="B539" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="C539" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D539" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G539" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="O539">
         <v>2010</v>
       </c>
     </row>
     <row r="540" spans="1:26">
       <c r="A540" s="1">
-        <v>2999</v>
+        <v>2995</v>
       </c>
       <c r="B540" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C540" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D540" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G540" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="O540">
         <v>2010</v>
       </c>
     </row>
     <row r="541" spans="1:26">
       <c r="A541" s="1">
-        <v>2997</v>
+        <v>2994</v>
       </c>
       <c r="B541" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="C541" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D541" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G541" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="O541">
         <v>2010</v>
       </c>
     </row>
     <row r="542" spans="1:26">
       <c r="A542" s="1">
-        <v>2996</v>
+        <v>2992</v>
       </c>
       <c r="B542" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="C542" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D542" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G542" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="O542">
         <v>2010</v>
       </c>
     </row>
     <row r="543" spans="1:26">
       <c r="A543" s="1">
-        <v>2973</v>
+        <v>2999</v>
       </c>
       <c r="B543" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="C543" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D543" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G543" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="O543">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="544" spans="1:26">
       <c r="A544" s="1">
-        <v>2974</v>
+        <v>2997</v>
       </c>
       <c r="B544" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="C544" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D544" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G544" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="O544">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="545" spans="1:26">
       <c r="A545" s="1">
-        <v>2972</v>
+        <v>2996</v>
       </c>
       <c r="B545" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="C545" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D545" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G545" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="O545">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="546" spans="1:26">
       <c r="A546" s="1">
-        <v>2975</v>
+        <v>2973</v>
       </c>
       <c r="B546" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="C546" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D546" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G546" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="O546">
         <v>2009</v>
       </c>
     </row>
     <row r="547" spans="1:26">
       <c r="A547" s="1">
-        <v>2976</v>
+        <v>2974</v>
       </c>
       <c r="B547" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="C547" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D547" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G547" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="O547">
         <v>2009</v>
       </c>
     </row>
     <row r="548" spans="1:26">
       <c r="A548" s="1">
-        <v>2977</v>
+        <v>2972</v>
       </c>
       <c r="B548" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="C548" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D548" t="s">
         <v>17</v>
       </c>
       <c r="G548" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="O548">
         <v>2009</v>
       </c>
     </row>
     <row r="549" spans="1:26">
       <c r="A549" s="1">
-        <v>2978</v>
+        <v>2975</v>
       </c>
       <c r="B549" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="C549" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D549" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G549" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="O549">
         <v>2009</v>
       </c>
     </row>
     <row r="550" spans="1:26">
       <c r="A550" s="1">
-        <v>2979</v>
+        <v>2976</v>
       </c>
       <c r="B550" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="C550" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D550" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G550" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="O550">
         <v>2009</v>
       </c>
     </row>
     <row r="551" spans="1:26">
       <c r="A551" s="1">
-        <v>2980</v>
+        <v>2977</v>
       </c>
       <c r="B551" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="C551" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D551" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G551" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="O551">
         <v>2009</v>
       </c>
     </row>
     <row r="552" spans="1:26">
       <c r="A552" s="1">
-        <v>3697</v>
+        <v>2978</v>
       </c>
       <c r="B552" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C552" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D552" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G552" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="O552">
         <v>2009</v>
       </c>
     </row>
     <row r="553" spans="1:26">
       <c r="A553" s="1">
-        <v>2981</v>
+        <v>2979</v>
       </c>
       <c r="B553" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="C553" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D553" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G553" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="O553">
         <v>2009</v>
       </c>
     </row>
     <row r="554" spans="1:26">
       <c r="A554" s="1">
-        <v>3690</v>
+        <v>2980</v>
       </c>
       <c r="B554" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="C554" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D554" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G554" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="O554">
         <v>2009</v>
       </c>
     </row>
     <row r="555" spans="1:26">
       <c r="A555" s="1">
-        <v>2982</v>
+        <v>3697</v>
       </c>
       <c r="B555" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="C555" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D555" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G555" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="O555">
         <v>2009</v>
       </c>
     </row>
     <row r="556" spans="1:26">
       <c r="A556" s="1">
-        <v>3682</v>
+        <v>2981</v>
       </c>
       <c r="B556" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="C556" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D556" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G556" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="O556">
         <v>2009</v>
       </c>
     </row>
     <row r="557" spans="1:26">
       <c r="A557" s="1">
-        <v>2983</v>
+        <v>3690</v>
       </c>
       <c r="B557" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="C557" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D557" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G557" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="O557">
         <v>2009</v>
       </c>
     </row>
     <row r="558" spans="1:26">
       <c r="A558" s="1">
-        <v>3674</v>
+        <v>2982</v>
       </c>
       <c r="B558" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="C558" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D558" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G558" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="O558">
         <v>2009</v>
       </c>
     </row>
     <row r="559" spans="1:26">
       <c r="A559" s="1">
-        <v>2984</v>
+        <v>3682</v>
       </c>
       <c r="B559" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="C559" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D559" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G559" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="O559">
         <v>2009</v>
       </c>
     </row>
     <row r="560" spans="1:26">
       <c r="A560" s="1">
-        <v>3672</v>
+        <v>2983</v>
       </c>
       <c r="B560" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C560" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D560" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G560" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="O560">
         <v>2009</v>
       </c>
     </row>
     <row r="561" spans="1:26">
       <c r="A561" s="1">
-        <v>2985</v>
+        <v>3674</v>
       </c>
       <c r="B561" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="C561" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D561" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G561" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="O561">
         <v>2009</v>
       </c>
     </row>
     <row r="562" spans="1:26">
       <c r="A562" s="1">
-        <v>2966</v>
+        <v>2984</v>
       </c>
       <c r="B562" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="C562" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D562" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G562" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="O562">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="563" spans="1:26">
       <c r="A563" s="1">
-        <v>2960</v>
+        <v>3672</v>
       </c>
       <c r="B563" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="C563" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D563" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G563" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="O563">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="564" spans="1:26">
       <c r="A564" s="1">
-        <v>2962</v>
+        <v>2985</v>
       </c>
       <c r="B564" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C564" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D564" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G564" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="O564">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="565" spans="1:26">
       <c r="A565" s="1">
-        <v>2963</v>
+        <v>2966</v>
       </c>
       <c r="B565" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="C565" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D565" t="s">
-        <v>1065</v>
+        <v>17</v>
       </c>
       <c r="G565" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="O565">
         <v>2008</v>
       </c>
     </row>
     <row r="566" spans="1:26">
       <c r="A566" s="1">
-        <v>2957</v>
+        <v>2960</v>
       </c>
       <c r="B566" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="C566" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D566" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G566" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="O566">
         <v>2008</v>
       </c>
     </row>
     <row r="567" spans="1:26">
       <c r="A567" s="1">
-        <v>2964</v>
+        <v>2962</v>
       </c>
       <c r="B567" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="C567" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D567" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G567" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="O567">
         <v>2008</v>
       </c>
     </row>
     <row r="568" spans="1:26">
       <c r="A568" s="1">
-        <v>2958</v>
+        <v>2963</v>
       </c>
       <c r="B568" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="C568" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D568" t="s">
-        <v>17</v>
+        <v>1074</v>
       </c>
       <c r="G568" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="O568">
         <v>2008</v>
       </c>
     </row>
     <row r="569" spans="1:26">
       <c r="A569" s="1">
-        <v>2968</v>
+        <v>2957</v>
       </c>
       <c r="B569" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="C569" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D569" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G569" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="O569">
         <v>2008</v>
       </c>
     </row>
     <row r="570" spans="1:26">
       <c r="A570" s="1">
-        <v>2965</v>
+        <v>2964</v>
       </c>
       <c r="B570" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="C570" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D570" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G570" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="O570">
         <v>2008</v>
       </c>
     </row>
     <row r="571" spans="1:26">
       <c r="A571" s="1">
-        <v>2959</v>
+        <v>2958</v>
       </c>
       <c r="B571" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="C571" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D571" t="s">
         <v>17</v>
       </c>
       <c r="G571" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="O571">
         <v>2008</v>
       </c>
     </row>
     <row r="572" spans="1:26">
       <c r="A572" s="1">
-        <v>2971</v>
+        <v>2968</v>
       </c>
       <c r="B572" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="C572" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D572" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G572" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="O572">
         <v>2008</v>
       </c>
     </row>
     <row r="573" spans="1:26">
       <c r="A573" s="1">
-        <v>2961</v>
+        <v>2965</v>
       </c>
       <c r="B573" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="C573" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D573" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G573" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="O573">
         <v>2008</v>
       </c>
     </row>
     <row r="574" spans="1:26">
       <c r="A574" s="1">
-        <v>2970</v>
+        <v>2959</v>
       </c>
       <c r="B574" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="C574" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D574" t="s">
         <v>17</v>
       </c>
       <c r="G574" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="O574">
         <v>2008</v>
       </c>
     </row>
     <row r="575" spans="1:26">
       <c r="A575" s="1">
-        <v>2967</v>
+        <v>2971</v>
       </c>
       <c r="B575" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="C575" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D575" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G575" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="O575">
         <v>2008</v>
       </c>
     </row>
     <row r="576" spans="1:26">
       <c r="A576" s="1">
-        <v>2969</v>
+        <v>2961</v>
       </c>
       <c r="B576" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="C576" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D576" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G576" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="O576">
         <v>2008</v>
       </c>
     </row>
     <row r="577" spans="1:26">
       <c r="A577" s="1">
-        <v>2949</v>
+        <v>2970</v>
       </c>
       <c r="B577" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="C577" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D577" t="s">
         <v>17</v>
       </c>
       <c r="G577" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="O577">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="578" spans="1:26">
       <c r="A578" s="1">
-        <v>2956</v>
+        <v>2967</v>
       </c>
       <c r="B578" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="C578" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D578" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G578" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="O578">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="579" spans="1:26">
       <c r="A579" s="1">
-        <v>2951</v>
+        <v>2969</v>
       </c>
       <c r="B579" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="C579" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D579" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G579" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="O579">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="580" spans="1:26">
       <c r="A580" s="1">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B580" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C580" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D580" t="s">
         <v>17</v>
       </c>
       <c r="G580" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="O580">
         <v>2007</v>
       </c>
     </row>
     <row r="581" spans="1:26">
       <c r="A581" s="1">
-        <v>2945</v>
+        <v>2956</v>
       </c>
       <c r="B581" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="C581" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D581" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G581" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="O581">
         <v>2007</v>
       </c>
     </row>
     <row r="582" spans="1:26">
       <c r="A582" s="1">
-        <v>2954</v>
+        <v>2951</v>
       </c>
       <c r="B582" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="C582" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D582" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G582" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="O582">
         <v>2007</v>
       </c>
     </row>
     <row r="583" spans="1:26">
       <c r="A583" s="1">
-        <v>2955</v>
+        <v>2948</v>
       </c>
       <c r="B583" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="C583" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D583" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="G583" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="O583">
         <v>2007</v>
       </c>
     </row>
     <row r="584" spans="1:26">
       <c r="A584" s="1">
-        <v>2946</v>
+        <v>2945</v>
       </c>
       <c r="B584" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="C584" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D584" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G584" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="O584">
         <v>2007</v>
       </c>
     </row>
     <row r="585" spans="1:26">
       <c r="A585" s="1">
-        <v>2947</v>
+        <v>2954</v>
       </c>
       <c r="B585" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="C585" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D585" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G585" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="O585">
         <v>2007</v>
       </c>
     </row>
     <row r="586" spans="1:26">
       <c r="A586" s="1">
-        <v>2950</v>
+        <v>2955</v>
       </c>
       <c r="B586" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="C586" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D586" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="G586" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="O586">
         <v>2007</v>
       </c>
     </row>
     <row r="587" spans="1:26">
       <c r="A587" s="1">
-        <v>2952</v>
+        <v>2946</v>
       </c>
       <c r="B587" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C587" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D587" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G587" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="O587">
         <v>2007</v>
       </c>
     </row>
     <row r="588" spans="1:26">
       <c r="A588" s="1">
+        <v>2947</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C588" t="s">
+        <v>16</v>
+      </c>
+      <c r="D588" t="s">
+        <v>53</v>
+      </c>
+      <c r="G588" t="s">
+        <v>1115</v>
+      </c>
+      <c r="O588">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="589" spans="1:26">
+      <c r="A589" s="1">
+        <v>2950</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C589" t="s">
+        <v>16</v>
+      </c>
+      <c r="D589" t="s">
+        <v>17</v>
+      </c>
+      <c r="G589" t="s">
+        <v>1117</v>
+      </c>
+      <c r="O589">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="590" spans="1:26">
+      <c r="A590" s="1">
+        <v>2952</v>
+      </c>
+      <c r="B590" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C590" t="s">
+        <v>16</v>
+      </c>
+      <c r="D590" t="s">
+        <v>53</v>
+      </c>
+      <c r="G590" t="s">
+        <v>1119</v>
+      </c>
+      <c r="O590">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="591" spans="1:26">
+      <c r="A591" s="1">
         <v>2953</v>
       </c>
-      <c r="B588" t="s">
-[...11 lines deleted...]
-      <c r="O588">
+      <c r="B591" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C591" t="s">
+        <v>16</v>
+      </c>
+      <c r="D591" t="s">
+        <v>17</v>
+      </c>
+      <c r="G591" t="s">
+        <v>1121</v>
+      </c>
+      <c r="O591">
         <v>2007</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>